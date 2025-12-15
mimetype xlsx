--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -266,51 +266,51 @@
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Kropivnitsky Institute of Private Higher Educational Institution “University of Modern Knowledge”</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>