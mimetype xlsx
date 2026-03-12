--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -1054,54 +1054,54 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1120,84 +1120,84 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F4" s="6" t="n">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>