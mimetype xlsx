--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -8423,54 +8423,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>64703</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Екологія, охорона навколишнього середовища та збалансоване природокористування</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>- 19192</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t>УД 16019209</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
@@ -11888,54 +11890,56 @@
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>22572</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I112" s="9"/>
+          <t>- 19166</t>
+        </is>
+      </c>
+      <c r="I112" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
@@ -12767,55 +12771,55 @@
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>58117</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Мікробіологія і вірусологія</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t>- 4740</t>
+          <t>- 19195</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
@@ -12857,54 +12861,56 @@
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>64730</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I133" s="9"/>
+          <t>- 19193</t>
+        </is>
+      </c>
+      <c r="I133" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J133" s="7" t="inlineStr">
         <is>
           <t>УД 16019214</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
@@ -13542,55 +13548,55 @@
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>31860</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
-          <t>- 1009</t>
+          <t>- 19197</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="J148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D149" s="3"/>
@@ -13720,54 +13726,56 @@
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>64741</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
           <t>Охорона, відтворення та раціональне використання гідробіоресурсів</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I152" s="9"/>
+          <t>- 19223</t>
+        </is>
+      </c>
+      <c r="I152" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J152" s="7" t="inlineStr">
         <is>
           <t>УД 16019217</t>
         </is>
       </c>
       <c r="K152" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
@@ -13855,100 +13863,100 @@
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>31726</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t>- 4741</t>
+          <t>- 19231</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
         <v>58123</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="7" t="inlineStr">
         <is>
-          <t>- 4741</t>
+          <t>- 19231</t>
         </is>
       </c>
       <c r="I156" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="J156" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D157" s="3"/>
@@ -17338,55 +17346,55 @@
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
         <v>64749</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t>- 9510</t>
+          <t>- 19226</t>
         </is>
       </c>
       <c r="I232" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D233" s="3"/>
@@ -18322,56 +18330,54 @@
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
         <v>69688</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t>- 10953</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I254" s="9"/>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
@@ -18593,128 +18599,128 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -18881,51 +18887,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -18951,54 +18957,54 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
@@ -19017,54 +19023,54 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
@@ -19083,51 +19089,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -19512,51 +19518,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -19882,369 +19888,369 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
         <v>73</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>91</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - іспанська</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -20340,84 +20346,84 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>210</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -20673,51 +20679,51 @@
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -20736,84 +20742,84 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
@@ -20871,183 +20877,183 @@
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -21132,51 +21138,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -21264,51 +21270,51 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
@@ -21462,84 +21468,84 @@
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>6.020303</t>
         </is>
       </c>
@@ -21849,51 +21855,51 @@
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -22025,51 +22031,51 @@
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
@@ -22286,51 +22292,51 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -22517,51 +22523,51 @@
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -22921,54 +22927,54 @@
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -23027,88 +23033,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E136" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -23311,51 +23317,51 @@
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -23440,249 +23446,249 @@
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
@@ -23770,51 +23776,51 @@
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -23902,84 +23908,84 @@
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
@@ -24104,51 +24110,51 @@
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -24764,51 +24770,51 @@
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>4</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
@@ -24905,84 +24911,84 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
         <v>4</v>
       </c>