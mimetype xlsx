--- v1 (2025-12-26)
+++ v2 (2026-02-20)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$130</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$255</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$210</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$184</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -503,144 +503,144 @@
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ОДЕСЬКИЙ ФАХОВИЙ КОЛЕДЖ КОМП'ЮТЕРНИХ ТЕХНОЛОГІЙ ОДЕСЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ ІМЕНІ І. І. МЕЧНИКОВА"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж Одеського національного університету імені І.І.Мечникова"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>7261</v>
+        <v>1518</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="D2" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж Одеського національного університету імені І.І.Мечникова"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ХАРКІВСЬКИЙ ПРИРОДООХОРОННИЙ ФАХОВИЙ КОЛЕДЖ ОДЕСЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ ІМЕНІ І. І. МЕЧНИКОВА"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>1518</v>
+        <v>7291</v>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
-          <t>Одеська обл.</t>
+          <t>Харківська обл.</t>
         </is>
       </c>
       <c r="D3" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
-          <t>м. Одеса</t>
+          <t>м. Харків</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ХАРКІВСЬКИЙ ПРИРОДООХОРОННИЙ ФАХОВИЙ КОЛЕДЖ ОДЕСЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ ІМЕНІ І. І. МЕЧНИКОВА"</t>
+          <t>Відокремлений структурний підрозділ "Херсонський гідрометеорологічний фаховий коледж Одеського національного університету імені І. І. Мечникова"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>7291</v>
+        <v>7309</v>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>Харківська обл.</t>
+          <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="D4" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
-          <t>м. Харків</t>
+          <t>м. Херсон</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Херсонський гідрометеорологічний фаховий коледж Одеського національного університету імені І. І. Мечникова"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «ОДЕСЬКИЙ ФАХОВИЙ КОЛЕДЖ КОМП'ЮТЕРНИХ ТЕХНОЛОГІЙ ОДЕСЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ ІМЕНІ І. І. МЕЧНИКОВА»</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>7309</v>
+        <v>7261</v>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>Херсонська обл.</t>
+          <t>Одеська обл.</t>
         </is>
       </c>
       <c r="D5" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
-          <t>м. Херсон</t>
+          <t>м. Одеса</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:A16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
@@ -7466,92 +7466,92 @@
           <t>Філософія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>22568</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>УД 16002648</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>22569</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t>УД 16002647</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>30036</v>
@@ -8066,92 +8066,92 @@
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>22742</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t>УД 16002188</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>59836</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Облік, митна справа і оподаткування</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t>УД 16002188</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>29575</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -11855,51 +11855,51 @@
       <c r="E111" s="6" t="n">
         <v>22567</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t>УД 16002649</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>22572</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
@@ -18403,51 +18403,51 @@
       </c>
       <c r="J255" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K255" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K255"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I210"/>
+  <dimension ref="A1:I184"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -18599,51 +18599,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -18887,51 +18887,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -18960,51 +18960,51 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
@@ -19026,51 +19026,51 @@
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>160</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
@@ -19287,87 +19287,87 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>44</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -19587,114 +19587,114 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
@@ -19815,51 +19815,51 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -19992,51 +19992,51 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
@@ -20058,51 +20058,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -20132,91 +20132,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -20379,84 +20379,84 @@
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -20544,54 +20544,54 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -20613,117 +20613,117 @@
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>318</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -20940,153 +20940,153 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>48</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
@@ -21105,51 +21105,51 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
@@ -21171,51 +21171,51 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -21501,51 +21501,51 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>6.020303</t>
         </is>
       </c>
@@ -22031,51 +22031,51 @@
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
@@ -22295,51 +22295,51 @@
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -22394,51 +22394,51 @@
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>E5</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
@@ -22847,2716 +22847,1834 @@
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D131" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D131" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E131" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хімія</t>
+        </is>
+      </c>
+      <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна математика</t>
+        </is>
+      </c>
+      <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>207</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Водні біоресурси та аквакультура</t>
+        </is>
+      </c>
+      <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фармація, промислова фармація</t>
+        </is>
+      </c>
+      <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>7.02030302</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>мова і література</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>7.02030302</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>мова і література</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
+        <v>17</v>
+      </c>
+      <c r="F172" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G172" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H172" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>3</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>106</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="F180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>162</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>162</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
-[...856 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I210"/>
+  <autoFilter ref="A1:I184"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>