--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -2256,84 +2256,84 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2388,84 +2388,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>