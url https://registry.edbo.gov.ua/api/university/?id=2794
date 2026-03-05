--- v1 (2025-12-16)
+++ v2 (2026-03-05)
@@ -2256,84 +2256,84 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2388,84 +2388,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>