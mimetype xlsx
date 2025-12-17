--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -1527,51 +1527,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>