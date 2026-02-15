--- v1 (2025-12-17)
+++ v2 (2026-02-15)
@@ -1395,51 +1395,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>