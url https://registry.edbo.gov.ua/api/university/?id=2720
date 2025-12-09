--- v0 (2025-10-24)
+++ v1 (2025-12-09)
@@ -1008,54 +1008,56 @@
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
         <v>75063</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>ДО 006582</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>