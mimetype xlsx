--- v1 (2025-12-09)
+++ v2 (2026-02-08)
@@ -299,51 +299,51 @@
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>04112</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>