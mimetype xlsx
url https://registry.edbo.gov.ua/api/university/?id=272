--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -4010,55 +4010,55 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>61508</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Управління інклюзивним освітнім середовищем</t>
         </is>
       </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t>- 9560</t>
+          <t>- 18823</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
-        <v>46001</v>
+        <v>46344</v>
       </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D43" s="3"/>
@@ -4100,55 +4100,55 @@
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>26176</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t>- 878</t>
+          <t>- 18825</t>
         </is>
       </c>
       <c r="I44" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
@@ -4247,104 +4247,104 @@
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
         <v>64623</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мистецтво. Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- 857</t>
+          <t>- 18822</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
         <v>29168</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t>- 857</t>
+          <t>- 18822</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D49" s="3"/>
@@ -4533,55 +4533,55 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>26180</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="7" t="inlineStr">
         <is>
-          <t>- 10028</t>
+          <t>- 18824</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
-        <v>46036</v>
+        <v>46344</v>
       </c>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
@@ -5818,51 +5818,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -5966,51 +5966,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -6205,51 +6205,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -6271,51 +6271,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -6974,51 +6974,51 @@
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
@@ -7262,51 +7262,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -7745,51 +7745,51 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -7848,51 +7848,51 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>52</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>