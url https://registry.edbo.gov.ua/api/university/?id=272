--- v1 (2025-12-20)
+++ v2 (2026-02-13)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$31</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$76</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$54</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2353,56 +2353,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>26160</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t>- 10331</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I3" s="9"/>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
@@ -2623,56 +2621,54 @@
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>29163</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t>- 10332</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
@@ -3127,56 +3123,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>26167</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>- 10296</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
@@ -3287,56 +3281,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>85643</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t>- 17249</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
@@ -3506,56 +3498,54 @@
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>85645</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t>- 17248</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I30" s="9"/>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
@@ -5232,56 +5222,54 @@
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>85784</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
-          <t>- 17257</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
@@ -5626,51 +5614,51 @@
       </c>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K76"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I67"/>
+  <dimension ref="A1:I54"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -6274,51 +6262,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>57</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -6344,125 +6332,125 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -6485,165 +6473,169 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
-      <c r="D27" s="3"/>
+      <c r="D27" s="3" t="inlineStr">
+        <is>
+          <t>Олігофренопедагогіка</t>
+        </is>
+      </c>
       <c r="E27" s="6" t="n">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -6656,472 +6648,472 @@
       </c>
       <c r="E28" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
-[...2 lines deleted...]
-      <c r="D33" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D33" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E33" s="6" t="n">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>37</v>
+        <v>87</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>52</v>
+        <v>7</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D40" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D40" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E40" s="6" t="n">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7144,903 +7136,446 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D47" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D47" s="3" t="inlineStr">
+        <is>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
+        </is>
+      </c>
       <c r="E47" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>1</v>
+        <v>73</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
-[...451 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I67"/>
+  <autoFilter ref="A1:I54"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>