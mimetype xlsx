--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -2195,51 +2195,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>