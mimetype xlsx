--- v1 (2025-12-16)
+++ v2 (2026-02-21)
@@ -2129,51 +2129,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2195,84 +2195,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>