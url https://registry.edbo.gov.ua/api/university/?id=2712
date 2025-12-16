--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -1882,218 +1882,222 @@
         </is>
       </c>
       <c r="I10" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>44587</v>
+        <v>58353</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I11" s="9"/>
+          <t>ДС 004141</t>
+        </is>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>58353</v>
+        <v>63788</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>ДС 004141</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>63788</v>
+        <v>74343</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>74343</v>
+        <v>74346</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D15" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D15" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E15" s="8" t="n">
-        <v>74346</v>
+        <v>88284</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (англійська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A4</t>
@@ -2669,51 +2673,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -2900,51 +2904,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -2970,51 +2974,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>