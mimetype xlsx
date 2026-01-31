--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -619,743 +619,747 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="F4" s="8" t="n">
         <v>50</v>
       </c>
       <c r="G4" s="8"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 09.04.2025 № 30-л</t>
+          <t>Наказ МОН від 08.01.2026 № 3-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...2 lines deleted...]
-      <c r="E5" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="E5" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="F5" s="8" t="n">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="G5" s="8"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="8" t="n">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
-          <t>D6</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Секретарська та офісна справа</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="8" t="n">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="G7" s="8"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C8" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>D6</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="8" t="n">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="8" t="n">
         <v>50</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="8" t="n">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="8" t="n">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C12" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="8" t="n">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="8" t="n">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C14" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>012</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="8" t="n">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C15" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="E15" s="3"/>
       <c r="F15" s="8" t="n">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 31.10.2024 № 641-л</t>
+          <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C16" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>014</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...2 lines deleted...]
-      <c r="E16" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="E16" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="F16" s="8" t="n">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 31.10.2024 № 641-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C17" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>022</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="8" t="n">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.05.2024 № 304-л</t>
+          <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C18" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>061</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="8" t="n">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 10.05.2024 № 304-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C19" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>081</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="8" t="n">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C20" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>113</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="8" t="n">
         <v>50</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.06.2023 № 223-л</t>
+          <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C21" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>121</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="8" t="n">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G21" s="8"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C22" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="8" t="n">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G22" s="8"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -1977,93 +1981,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>74343</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ДС 006772</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>74346</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>ДС 006774</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
@@ -2145,54 +2153,56 @@
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E17" s="8" t="n">
         <v>74357</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 006773</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
@@ -2223,54 +2233,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>74359</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Юридичне діловодство та адміністрування офісної діяльності</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>ДС 006775</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
@@ -2640,51 +2652,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -2739,51 +2751,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -2904,84 +2916,84 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -3106,84 +3118,84 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>