--- v2 (2026-01-31)
+++ v3 (2026-03-19)
@@ -2883,51 +2883,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
@@ -3085,84 +3085,84 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>