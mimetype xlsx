--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -805,51 +805,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2354</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.01.2021 № 2-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -935,51 +935,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
         </is>
       </c>
@@ -7693,81 +7693,81 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>75</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -7925,51 +7925,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -8057,51 +8057,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -8391,51 +8391,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -8490,84 +8490,84 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>31</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -8721,51 +8721,51 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -8886,84 +8886,84 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -8985,51 +8985,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -9150,54 +9150,54 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -9826,87 +9826,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -9958,51 +9958,51 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -10461,150 +10461,150 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -10659,51 +10659,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
@@ -10725,84 +10725,84 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
@@ -10824,51 +10824,51 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -11154,150 +11154,150 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -11319,51 +11319,51 @@
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
@@ -11385,51 +11385,51 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I117"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>