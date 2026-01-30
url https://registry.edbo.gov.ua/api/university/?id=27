--- v1 (2025-12-01)
+++ v2 (2026-01-30)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$137</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$117</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$104</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1087,51 +1087,51 @@
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>200</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
           <t>УД 17020168</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
@@ -1165,51 +1165,51 @@
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>200</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
           <t>УД 17015536</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.01.2021 № 2-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
@@ -1637,92 +1637,92 @@
           <t>Економіка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>28357</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t>УД 17015525</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>63297</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Економіка і міжнародний бізнес</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>УД 17015525</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>28358</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -2006,51 +2006,51 @@
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>59985</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Підприємництво</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>УД 17017775</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>28364</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
@@ -2695,51 +2695,51 @@
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>28372</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Технології і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t>УД 17015533</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>57410</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -2892,51 +2892,51 @@
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>28374</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Місцеве самоврядування</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t>УД 17015535</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>31567</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -3023,143 +3023,143 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>81271</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>УД 17020161</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>82885</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародна економічна діяльність</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t>УД 17020161</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>81285</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t>- 13327</t>
         </is>
       </c>
       <c r="I39" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>УД 17020161</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>79354</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -3320,51 +3320,51 @@
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>79300</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Місцеве самоврядування</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t>УД 17020164</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>79301</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -3402,51 +3402,51 @@
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>79303</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Підприємництво</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t>УД 17020162</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>77169</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
@@ -4015,51 +4015,51 @@
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>79350</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Технології і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t>УД 17020163</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>79438</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -4275,96 +4275,96 @@
       <c r="E67" s="6" t="n">
         <v>28375</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t>УД 17016757</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>57454</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Економіка місцевого розвитку</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t>УД 17016757</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>50256</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -4445,54 +4445,56 @@
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>58067</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I71" s="9"/>
+          <t>- 19479</t>
+        </is>
+      </c>
+      <c r="I71" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t>УД 17017777</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
@@ -4635,96 +4637,96 @@
       <c r="E75" s="6" t="n">
         <v>59986</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Підприємництво</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t>УД 17017778</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>62761</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Технології зберігання, переробки зерна та аграрний бізнес</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t>УД 17017778</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>54547</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -5263,141 +5265,141 @@
       <c r="E89" s="6" t="n">
         <v>28387</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t>УД 17015536</t>
         </is>
       </c>
       <c r="K89" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>59988</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t>УД 17017776</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>62620</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Хвороби дрібних тварин</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t>УД 17017776</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>28389</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
@@ -5635,102 +5637,102 @@
       <c r="E97" s="6" t="n">
         <v>81395</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
           <t>УД 17020165</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
         <v>81397</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H98" s="7" t="inlineStr">
         <is>
           <t>- 13343</t>
         </is>
       </c>
       <c r="I98" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J98" s="7" t="inlineStr">
         <is>
           <t>УД 17020165</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>79630</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -6001,96 +6003,96 @@
       <c r="E105" s="6" t="n">
         <v>79511</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Бізнес і комерція</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="7" t="inlineStr">
         <is>
           <t>УД 17020167</t>
         </is>
       </c>
       <c r="K105" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>81679</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Технології зберігання, переробки зерна та аграрний бізнес</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t>УД 17020167</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>77171</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -6592,141 +6594,141 @@
       <c r="E118" s="6" t="n">
         <v>77165</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t>УД 17020168</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>77166</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
           <t>УД 17020168</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
         <v>77167</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Хвороби дрібних тварин</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t>УД 17020168</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
         <v>79516</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Технології і засоби механізації сільськогосподарського виробництва</t>
@@ -7465,51 +7467,51 @@
       </c>
       <c r="J137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K137"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I117"/>
+  <dimension ref="A1:I104"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7627,51 +7629,51 @@
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -7723,51 +7725,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -7958,51 +7960,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -8057,186 +8059,186 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -8391,54 +8393,54 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -8490,54 +8492,54 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -8622,54 +8624,54 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -8691,81 +8693,81 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>116</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -8886,51 +8888,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -8952,183 +8954,183 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
@@ -9150,84 +9152,84 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>93</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -9657,51 +9659,51 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -9723,51 +9725,51 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -9826,51 +9828,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -10080,1372 +10082,935 @@
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+        </is>
+      </c>
+      <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>212</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>67</v>
+        <v>1</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>163</v>
+        <v>46</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>4</v>
+        <v>55</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
-[...427 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I117"/>
+  <autoFilter ref="A1:I104"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>