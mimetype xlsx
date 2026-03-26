--- v2 (2026-01-30)
+++ v3 (2026-03-26)
@@ -26,52 +26,52 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$137</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$104</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$138</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$103</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -970,90 +970,90 @@
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
           <t> 13320</t>
         </is>
       </c>
       <c r="H2" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t> 2894</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.01.2021 № 2-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
@@ -1475,51 +1475,51 @@
         <is>
           <t>PД 040995</t>
         </is>
       </c>
       <c r="D7" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K137"/>
+  <dimension ref="A1:K138"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2041,51 +2041,51 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>28364</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t>- 2894</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
@@ -2989,4529 +2989,4570 @@
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t>- 13318</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>81271</v>
+        <v>88579</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Інформаційна аналітика та комунікації</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
-          <t>УД 17020161</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>82885</v>
+        <v>81271</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародна економічна діяльність</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t>УД 17020161</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
         <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>81285</v>
+        <v>82885</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка та міжнародна економічна діяльність</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
-          <t>- 13327</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>УД 17020161</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
         <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D40" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D40" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E40" s="6" t="n">
-        <v>79354</v>
+        <v>81285</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
-          <t>- 13319</t>
+          <t>- 13327</t>
         </is>
       </c>
       <c r="I40" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J40" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K40" s="9"/>
+          <t>УД 17020161</t>
+        </is>
+      </c>
+      <c r="K40" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>79368</v>
+        <v>79354</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
-          <t>- 17786</t>
+          <t>- 13319</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>79414</v>
+        <v>79368</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t>- 18428</t>
+          <t>- 17786</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>79296</v>
+        <v>79414</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент підприємства</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
-          <t>- 17788</t>
+          <t>- 18428</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>79300</v>
+        <v>79296</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Місцеве самоврядування</t>
+          <t>Менеджмент підприємства</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>- 17788</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J44" s="7" t="inlineStr">
         <is>
-          <t>УД 17020164</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>79301</v>
+        <v>79300</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Місцеве самоврядування</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t>- 17789</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I45" s="9"/>
       <c r="J45" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K45" s="9"/>
+          <t>УД 17020164</t>
+        </is>
+      </c>
+      <c r="K45" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>79303</v>
+        <v>79301</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>- 17789</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
-          <t>УД 17020162</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>77169</v>
+        <v>79303</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Підприємництво</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- 13320</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K47" s="9"/>
+          <t>УД 17020162</t>
+        </is>
+      </c>
+      <c r="K47" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>79289</v>
+        <v>77169</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t>- 13321</t>
+          <t>- 13320</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>79306</v>
+        <v>79289</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
-          <t>- 13322</t>
+          <t>- 13321</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інформаційні системи і технології</t>
+        </is>
+      </c>
+      <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>81287</v>
+        <v>79306</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Машини та обладнання сільськогосподарського виробництва</t>
+          <t>Інформаційні управляючі системи</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t>- 13323</t>
+          <t>- 13322</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
-[...2 lines deleted...]
-      <c r="D51" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D51" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E51" s="6" t="n">
-        <v>79432</v>
+        <v>81287</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Машини та обладнання сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
-          <t>- 13324</t>
+          <t>- 13323</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>79290</v>
+        <v>79432</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
-          <t>- 13325</t>
+          <t>- 13324</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>79348</v>
+        <v>79290</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Сільськогосподарське будівництво</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I53" s="9"/>
+          <t>- 13325</t>
+        </is>
+      </c>
+      <c r="I53" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>G21</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>79291</v>
+        <v>79348</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Сільськогосподарське будівництво</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
-          <t>- 18429</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>79347</v>
+        <v>79291</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
-          <t>- 17790</t>
+          <t>- 18429</t>
         </is>
       </c>
       <c r="I55" s="9" t="n">
-        <v>46155</v>
+        <v>47665</v>
       </c>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>79292</v>
+        <v>79347</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
-          <t>- 17792</t>
+          <t>- 17790</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
-        <v>47665</v>
+        <v>46155</v>
       </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>79293</v>
+        <v>79292</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Захист і карантин рослин</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
-          <t>- 13326</t>
+          <t>- 17792</t>
         </is>
       </c>
       <c r="I57" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>H2</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Тваринництво</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>79434</v>
+        <v>79293</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
-          <t>- 17793</t>
+          <t>- 13326</t>
         </is>
       </c>
       <c r="I58" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>H3</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>79294</v>
+        <v>79434</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+          <t>- 17793</t>
+        </is>
+      </c>
+      <c r="I59" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>H5</t>
+          <t>H3</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>79437</v>
+        <v>79294</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>H7</t>
+          <t>H5</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>79350</v>
+        <v>79437</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Технології і засоби механізації сільськогосподарського виробництва</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
-          <t>УД 17020163</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>H7</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>79438</v>
+        <v>79350</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Технології і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K62" s="9"/>
+          <t>УД 17020163</t>
+        </is>
+      </c>
+      <c r="K62" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>79430</v>
+        <v>79438</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>79352</v>
+        <v>79430</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>54549</v>
+        <v>79352</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t>- 6186</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I65" s="9"/>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
-        <v>50255</v>
+        <v>54549</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Германські мови і переклад (англійська та німецька мови)</t>
+          <t>Професійна освіта (Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології)</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="7" t="inlineStr">
         <is>
-          <t>- 3783</t>
+          <t>- 6186</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D67" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D67" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E67" s="6" t="n">
-        <v>28375</v>
+        <v>50255</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Германські мови і переклад (англійська та німецька мови)</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- 3783</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J67" s="7" t="inlineStr">
         <is>
-          <t>УД 17016757</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>57454</v>
+        <v>28375</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Економіка місцевого розвитку</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t>УД 17016757</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
         <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>50256</v>
+        <v>57454</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка місцевого розвитку</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t>- 3773</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I69" s="9"/>
       <c r="J69" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K69" s="9"/>
+          <t>УД 17016757</t>
+        </is>
+      </c>
+      <c r="K69" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>28376</v>
+        <v>50256</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="7" t="inlineStr">
         <is>
-          <t>- 13778</t>
+          <t>- 3773</t>
         </is>
       </c>
       <c r="I70" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>58067</v>
+        <v>28376</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="7" t="inlineStr">
         <is>
-          <t>- 19479</t>
+          <t>- 13778</t>
         </is>
       </c>
       <c r="I71" s="9" t="n">
-        <v>48030</v>
+        <v>47665</v>
       </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
-          <t>УД 17017777</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>28378</v>
+        <v>58067</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
-          <t>УД 17015540</t>
+          <t>- 19479</t>
         </is>
       </c>
       <c r="I72" s="9" t="n">
+        <v>48030</v>
+      </c>
+      <c r="J72" s="7" t="inlineStr">
+        <is>
+          <t>УД 17017777</t>
+        </is>
+      </c>
+      <c r="K72" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J72" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>28379</v>
+        <v>28378</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Менеджмент організацій</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H73" s="7" t="inlineStr">
         <is>
-          <t>- 4631</t>
+          <t>УД 17015540</t>
         </is>
       </c>
       <c r="I73" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>31566</v>
+        <v>28379</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H74" s="7" t="inlineStr">
         <is>
-          <t>- 2887</t>
+          <t>- 4631</t>
         </is>
       </c>
       <c r="I74" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>59986</v>
+        <v>31566</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I75" s="9"/>
+          <t>- 2887</t>
+        </is>
+      </c>
+      <c r="I75" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J75" s="7" t="inlineStr">
         <is>
-          <t>УД 17017778</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>62761</v>
+        <v>59986</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Технології зберігання, переробки зерна та аграрний бізнес</t>
+          <t>Підприємництво</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t>УД 17017778</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
         <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>54547</v>
+        <v>62761</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Технології зберігання, переробки зерна та аграрний бізнес</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H77" s="7" t="inlineStr">
         <is>
-          <t>- 9794</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I77" s="9"/>
       <c r="J77" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K77" s="9"/>
+          <t>УД 17017778</t>
+        </is>
+      </c>
+      <c r="K77" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>28381</v>
+        <v>54547</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Агроекологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
-          <t>- 8142</t>
+          <t>- 9794</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>50257</v>
+        <v>28381</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Агроекологія</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
-          <t>- 6206</t>
+          <t>- 8142</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>50258</v>
+        <v>50257</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
-          <t>- 6217</t>
+          <t>- 6206</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>62762</v>
+        <v>50258</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Сервісна інженерія в агропромисловому виробництві</t>
+          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H81" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I81" s="9"/>
+          <t>- 6217</t>
+        </is>
+      </c>
+      <c r="I81" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>50259</v>
+        <v>62762</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Сервісна інженерія в агропромисловому виробництві</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H82" s="7" t="inlineStr">
         <is>
-          <t>- 3626</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I82" s="9"/>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>61896</v>
+        <v>50259</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H83" s="7" t="inlineStr">
         <is>
-          <t>- 9661</t>
+          <t>- 3626</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>57411</v>
+        <v>61896</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Землеустрій та планування територій</t>
+          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="7" t="inlineStr">
         <is>
-          <t>- 9659</t>
+          <t>- 9661</t>
         </is>
       </c>
       <c r="I84" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>28383</v>
+        <v>57411</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Еколого-економічне рослинництво</t>
+          <t>Землеустрій та планування територій</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="7" t="inlineStr">
         <is>
-          <t>- 16367</t>
+          <t>- 9659</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>29570</v>
+        <v>28383</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Насінництво і насіннєзнавство</t>
+          <t>Еколого-економічне рослинництво</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H86" s="7" t="inlineStr">
         <is>
-          <t>- 16368</t>
+          <t>- 16367</t>
         </is>
       </c>
       <c r="I86" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>28385</v>
+        <v>29570</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Насінництво і насіннєзнавство</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="7" t="inlineStr">
         <is>
-          <t>- 5109</t>
+          <t>- 16368</t>
         </is>
       </c>
       <c r="I87" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>28386</v>
+        <v>28385</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Технології і засоби механізації сільськогосподарського виробництва</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G88" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H88" s="7" t="inlineStr">
         <is>
-          <t>- 4548</t>
+          <t>- 5109</t>
         </is>
       </c>
       <c r="I88" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>208</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>28387</v>
+        <v>28386</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технології і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I89" s="9"/>
+          <t>- 4548</t>
+        </is>
+      </c>
+      <c r="I89" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J89" s="7" t="inlineStr">
         <is>
-          <t>УД 17015536</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>59988</v>
+        <v>28387</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
-          <t>УД 17017776</t>
+          <t>УД 17015536</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
         <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>62620</v>
+        <v>59988</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Хвороби дрібних тварин</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t>УД 17017776</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
         <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>28389</v>
+        <v>62620</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Хвороби дрібних тварин</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t>- 11258</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I92" s="9"/>
       <c r="J92" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K92" s="9"/>
+          <t>УД 17017776</t>
+        </is>
+      </c>
+      <c r="K92" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>212</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>28388</v>
+        <v>28389</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Зв`язки з громадськістю</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H93" s="7" t="inlineStr">
         <is>
-          <t>- 5115</t>
+          <t>- 11258</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>56547</v>
+        <v>28388</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Зв`язки з громадськістю</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H94" s="7" t="inlineStr">
         <is>
-          <t>- 9884</t>
+          <t>- 5115</t>
         </is>
       </c>
       <c r="I94" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>81398</v>
+        <v>56547</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології)</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H95" s="7" t="inlineStr">
         <is>
-          <t>- 13328</t>
+          <t>- 9884</t>
         </is>
       </c>
       <c r="I95" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>81402</v>
+        <v>81398</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Германські мови і переклад (англійська та німецька мови)</t>
+          <t>Професійна освіта (Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології)</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="7" t="inlineStr">
         <is>
-          <t>- 13329</t>
+          <t>- 13328</t>
         </is>
       </c>
       <c r="I96" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>81395</v>
+        <v>81402</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Германські мови і переклад (англійська та німецька мови)</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H97" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I97" s="9"/>
+          <t>- 13329</t>
+        </is>
+      </c>
+      <c r="I97" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J97" s="7" t="inlineStr">
         <is>
-          <t>УД 17020165</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K97" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
-        <v>81397</v>
+        <v>81395</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H98" s="7" t="inlineStr">
         <is>
-          <t>- 13343</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I98" s="9"/>
       <c r="J98" s="7" t="inlineStr">
         <is>
           <t>УД 17020165</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
         <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D99" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D99" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E99" s="6" t="n">
-        <v>79630</v>
+        <v>81397</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H99" s="7" t="inlineStr">
         <is>
-          <t>- 13330</t>
+          <t>- 13343</t>
         </is>
       </c>
       <c r="I99" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J99" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K99" s="9"/>
+          <t>УД 17020165</t>
+        </is>
+      </c>
+      <c r="K99" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>79631</v>
+        <v>79630</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="7" t="inlineStr">
         <is>
-          <t>- 17794</t>
+          <t>- 13330</t>
         </is>
       </c>
       <c r="I100" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>79632</v>
+        <v>79631</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I101" s="9"/>
+          <t>- 17794</t>
+        </is>
+      </c>
+      <c r="I101" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J101" s="7" t="inlineStr">
         <is>
-          <t>УД 17020166</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>79507</v>
+        <v>79632</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H102" s="7" t="inlineStr">
         <is>
-          <t>- 13331</t>
+          <t>- 19924</t>
         </is>
       </c>
       <c r="I102" s="9" t="n">
-        <v>46935</v>
+        <v>48030</v>
       </c>
       <c r="J102" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K102" s="9"/>
+          <t>УД 17020166</t>
+        </is>
+      </c>
+      <c r="K102" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>79508</v>
+        <v>79507</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Зв’язки з громадськістю</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H103" s="7" t="inlineStr">
         <is>
-          <t>- 13342</t>
+          <t>- 13331</t>
         </is>
       </c>
       <c r="I103" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>79510</v>
+        <v>79508</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Зв’язки з громадськістю</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H104" s="7" t="inlineStr">
         <is>
-          <t>- 13332</t>
+          <t>- 13342</t>
         </is>
       </c>
       <c r="I104" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>79511</v>
+        <v>79510</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Бізнес і комерція</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I105" s="9"/>
+          <t>- 13332</t>
+        </is>
+      </c>
+      <c r="I105" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J105" s="7" t="inlineStr">
         <is>
-          <t>УД 17020167</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>81679</v>
+        <v>79511</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Технології зберігання, переробки зерна та аграрний бізнес</t>
+          <t>Бізнес і комерція</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t>УД 17020167</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
         <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>77171</v>
+        <v>81679</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Технології зберігання, переробки зерна та аграрний бізнес</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t>- 13333</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I107" s="9"/>
       <c r="J107" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K107" s="9"/>
+          <t>УД 17020167</t>
+        </is>
+      </c>
+      <c r="K107" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>79506</v>
+        <v>77171</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Агроекологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H108" s="7" t="inlineStr">
         <is>
-          <t>- 13334</t>
+          <t>- 13333</t>
         </is>
       </c>
       <c r="I108" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K108" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>79513</v>
+        <v>79506</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Агроекологія</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H109" s="7" t="inlineStr">
         <is>
-          <t>- 13335</t>
+          <t>- 13334</t>
         </is>
       </c>
       <c r="I109" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J109" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інформаційні системи і технології</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>81399</v>
+        <v>79513</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="7" t="inlineStr">
         <is>
-          <t>- 13336</t>
+          <t>- 13335</t>
         </is>
       </c>
       <c r="I110" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J110" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
-        <v>81400</v>
+        <v>81399</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Сервісна інженерія в агропромисловому виробництві</t>
+          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I111" s="9"/>
+          <t>- 13336</t>
+        </is>
+      </c>
+      <c r="I111" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
-[...2 lines deleted...]
-      <c r="D112" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D112" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E112" s="6" t="n">
-        <v>79633</v>
+        <v>81400</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Сервісна інженерія в агропромисловому виробництві</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H112" s="7" t="inlineStr">
         <is>
-          <t>- 13337</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I112" s="9"/>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>79505</v>
+        <v>79633</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Землеустрій та планування територій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="7" t="inlineStr">
         <is>
-          <t>- 13339</t>
+          <t>- 13337</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J113" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>79514</v>
+        <v>79505</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
+          <t>Землеустрій та планування територій</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="7" t="inlineStr">
         <is>
-          <t>- 13338</t>
+          <t>- 13339</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>79502</v>
+        <v>79514</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Еколого-економічне рослинництво</t>
+          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="7" t="inlineStr">
         <is>
-          <t>- 17795</t>
+          <t>- 13338</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>79504</v>
+        <v>79502</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Насінництво і насіннєзнавство</t>
+          <t>Еколого-економічне рослинництво</t>
         </is>
       </c>
       <c r="G116" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H116" s="7" t="inlineStr">
         <is>
-          <t>- 17796</t>
+          <t>- 17795</t>
         </is>
       </c>
       <c r="I116" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>H2</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Тваринництво</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>79637</v>
+        <v>79504</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Насінництво і насіннєзнавство</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="7" t="inlineStr">
         <is>
-          <t>- 13340</t>
+          <t>- 17796</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J117" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>H6</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>77165</v>
+        <v>79637</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I118" s="9"/>
+          <t>- 13340</t>
+        </is>
+      </c>
+      <c r="I118" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J118" s="7" t="inlineStr">
         <is>
-          <t>УД 17020168</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>77166</v>
+        <v>77165</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
           <t>УД 17020168</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
         <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>77167</v>
+        <v>77166</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Хвороби дрібних тварин</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t>УД 17020168</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
         <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>H7</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>79516</v>
+        <v>77167</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Технології і засоби механізації сільськогосподарського виробництва</t>
+          <t>Хвороби дрібних тварин</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="7" t="inlineStr">
         <is>
-          <t>- 13341</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I121" s="9"/>
       <c r="J121" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K121" s="9"/>
+          <t>УД 17020168</t>
+        </is>
+      </c>
+      <c r="K121" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>H7</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>37257</v>
+        <v>79516</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Технології і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="7" t="inlineStr">
         <is>
-          <t>- 2164</t>
+          <t>- 13341</t>
         </is>
       </c>
       <c r="I122" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K122" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>37268</v>
+        <v>37257</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t>- 2155</t>
+          <t>- 2164</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>47627</v>
+        <v>37268</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H124" s="7" t="inlineStr">
         <is>
-          <t>- 13825</t>
+          <t>- 2155</t>
         </is>
       </c>
       <c r="I124" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>37269</v>
+        <v>47627</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H125" s="7" t="inlineStr">
         <is>
-          <t>- 2934</t>
+          <t>- 13825</t>
         </is>
       </c>
       <c r="I125" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J125" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>37270</v>
+        <v>37269</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H126" s="7" t="inlineStr">
         <is>
-          <t>- 2892</t>
+          <t>- 2934</t>
         </is>
       </c>
       <c r="I126" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J126" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>37271</v>
+        <v>37270</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H127" s="7" t="inlineStr">
         <is>
-          <t>- 5810</t>
+          <t>- 2892</t>
         </is>
       </c>
       <c r="I127" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>60785</v>
+        <v>37271</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H128" s="7" t="inlineStr">
         <is>
           <t>- 5810</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>47625</v>
+        <v>60785</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t>- 7297</t>
+          <t>- 5810</t>
         </is>
       </c>
       <c r="I129" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>81433</v>
+        <v>47625</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H130" s="7" t="inlineStr">
         <is>
-          <t>- 13344</t>
+          <t>- 7297</t>
         </is>
       </c>
       <c r="I130" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J130" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>80961</v>
+        <v>81433</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t>- 13345</t>
+          <t>- 13344</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>80962</v>
+        <v>80961</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H132" s="7" t="inlineStr">
         <is>
-          <t>- 13350</t>
+          <t>- 13345</t>
         </is>
       </c>
       <c r="I132" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J132" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>80963</v>
+        <v>80962</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I133" s="9"/>
+          <t>- 13350</t>
+        </is>
+      </c>
+      <c r="I133" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J133" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>81436</v>
+        <v>80963</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H134" s="7" t="inlineStr">
         <is>
-          <t>- 17797</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I134" s="9"/>
       <c r="J134" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>80960</v>
+        <v>81436</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Машини і засоби механізації сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H135" s="7" t="inlineStr">
         <is>
-          <t>- 13347</t>
+          <t>- 17797</t>
         </is>
       </c>
       <c r="I135" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>H2</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Тваринництво</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>80964</v>
+        <v>80960</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H136" s="7" t="inlineStr">
         <is>
-          <t>- 13348</t>
+          <t>- 13347</t>
         </is>
       </c>
       <c r="I136" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J136" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>H6</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
+        <v>80964</v>
+      </c>
+      <c r="F137" s="3" t="inlineStr">
+        <is>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
+        </is>
+      </c>
+      <c r="G137" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H137" s="7" t="inlineStr">
+        <is>
+          <t>- 13348</t>
+        </is>
+      </c>
+      <c r="I137" s="9" t="n">
+        <v>46204</v>
+      </c>
+      <c r="J137" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K137" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B138" s="7" t="inlineStr">
+        <is>
+          <t>H6</t>
+        </is>
+      </c>
+      <c r="C138" s="3" t="inlineStr">
+        <is>
+          <t>Ветеринарна медицина</t>
+        </is>
+      </c>
+      <c r="D138" s="3"/>
+      <c r="E138" s="6" t="n">
         <v>77168</v>
       </c>
-      <c r="F137" s="3" t="inlineStr">
+      <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
-      <c r="G137" s="3" t="inlineStr">
+      <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H137" s="7" t="inlineStr">
+      <c r="H138" s="7" t="inlineStr">
         <is>
           <t>- 13349</t>
         </is>
       </c>
-      <c r="I137" s="9" t="n">
+      <c r="I138" s="9" t="n">
         <v>46569</v>
       </c>
-      <c r="J137" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K137" s="9"/>
+      <c r="J138" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K138" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K137"/>
+  <autoFilter ref="A1:K138"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I104"/>
+  <dimension ref="A1:I103"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7626,51 +7667,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -7692,84 +7733,84 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -7794,51 +7835,51 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -7857,51 +7898,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -8026,84 +8067,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -8158,87 +8199,87 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -8257,51 +8298,51 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -8327,51 +8368,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -8426,120 +8467,120 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -8558,51 +8599,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -8627,51 +8668,51 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>90</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -8690,54 +8731,54 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
@@ -8756,84 +8797,84 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
@@ -8858,81 +8899,81 @@
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>124</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -8954,54 +8995,54 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Захист і карантин рослин</t>
@@ -9152,54 +9193,54 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -9284,51 +9325,51 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -9659,54 +9700,54 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F65" s="6" t="n">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -9963,51 +10004,51 @@
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>58</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
@@ -10026,51 +10067,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -10214,803 +10255,770 @@
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>1</v>
+        <v>53</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>1</v>
+        <v>160</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>163</v>
+        <v>138</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>212</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>142</v>
+        <v>5</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>H2</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Тваринництво</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>H6</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I104"/>
+  <autoFilter ref="A1:I103"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>