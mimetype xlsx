--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$131</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$104</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
@@ -457,51 +457,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E8"/>
+  <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="22"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
@@ -528,199 +528,224 @@
           <t>Відокремлений структурний підрозділ "Ананьївський аграрно-економічний фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2713</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="D2" s="7" t="inlineStr">
         <is>
           <t>UA51120010010049617</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>м. Ананьїв</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Тальнівський будівельно-економічний фаховий коледж Уманського національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Канівський фаховий коледж культури і мистецтв Уманського національного університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>770</v>
+        <v>7408</v>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D3" s="7" t="inlineStr">
         <is>
-          <t>UA71020290010051536</t>
+          <t>UA71080150010077910</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
-          <t>м. Тальне</t>
+          <t>м. Канів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Тальянківський агротехнічний фаховий коледж Уманського національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Тальнівський будівельно-економічний фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D4" s="7" t="inlineStr">
         <is>
-          <t>UA71020290320054359</t>
+          <t>UA71020290010051536</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
-          <t>с. Тальянки</t>
+          <t>м. Тальне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Чигиринський економіко-правовий фаховий коледж Уманського національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Тальянківський агротехнічний фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1001</v>
+        <v>771</v>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D5" s="7" t="inlineStr">
         <is>
-          <t>UA71080510010036826</t>
+          <t>UA71020290320054359</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
-          <t>м. Чигирин</t>
+          <t>с. Тальянки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Городищенський фаховий коледж Уманського національного університету»</t>
+          <t>Відокремлений структурний підрозділ "Чигиринський економіко-правовий фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>409</v>
+        <v>1001</v>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D6" s="7" t="inlineStr">
         <is>
-          <t>UA71080110010037357</t>
+          <t>UA71080510010036826</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
-          <t>м. Городище</t>
+          <t>м. Чигирин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Уманський фаховий коледж технологій та бізнесу Уманського національного університету»</t>
+          <t>Відокремлений структурний підрозділ «Городищенський фаховий коледж Уманського національного університету»</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>913</v>
+        <v>409</v>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D7" s="7" t="inlineStr">
         <is>
-          <t>UA71060210010010251</t>
+          <t>UA71080110010037357</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>м. Умань</t>
+          <t>м. Городище</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
+          <t>Відокремлений структурний підрозділ «Уманський фаховий коледж технологій та бізнесу Уманського національного університету»</t>
+        </is>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>913</v>
+      </c>
+      <c r="C8" s="3" t="inlineStr">
+        <is>
+          <t>Черкаська обл.</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
+          <t>UA71060210010010251</t>
+        </is>
+      </c>
+      <c r="E8" s="3" t="inlineStr">
+        <is>
+          <t>м. Умань</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
           <t>Відокремлений структурний підрозділ «Шевченківський фаховий коледж Уманського національного університету»</t>
         </is>
       </c>
-      <c r="B8" s="6" t="n">
+      <c r="B9" s="6" t="n">
         <v>411</v>
       </c>
-      <c r="C8" s="3" t="inlineStr">
+      <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="D9" s="7" t="inlineStr">
         <is>
           <t>UA71020310010046026</t>
         </is>
       </c>
-      <c r="E8" s="3" t="inlineStr">
+      <c r="E9" s="3" t="inlineStr">
         <is>
           <t>с. Шевченкове</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E8"/>
+  <autoFilter ref="A1:E9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:A7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
@@ -4856,54 +4881,56 @@
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>31046</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I70" s="9"/>
+          <t>- 18923</t>
+        </is>
+      </c>
+      <c r="I70" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
@@ -4944,54 +4971,56 @@
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>29098</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I72" s="9"/>
+          <t>- 18935</t>
+        </is>
+      </c>
+      <c r="I72" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
@@ -6516,54 +6545,56 @@
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
         <v>36693</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H108" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I108" s="9"/>
+          <t>- 18882</t>
+        </is>
+      </c>
+      <c r="I108" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K108" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
@@ -6645,54 +6676,56 @@
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>36687</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H111" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I111" s="9"/>
+          <t>- 18881</t>
+        </is>
+      </c>
+      <c r="I111" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
@@ -7648,51 +7681,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -7817,51 +7850,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -8514,87 +8547,87 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -8715,51 +8748,51 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>89</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -8811,150 +8844,150 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Садівництво та виноградарство</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>112</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>72</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
@@ -8976,54 +9009,54 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
@@ -9610,51 +9643,51 @@
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -9871,84 +9904,84 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -10069,51 +10102,51 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -10168,51 +10201,51 @@
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
@@ -10267,84 +10300,84 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>16</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -10564,84 +10597,84 @@
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -10861,87 +10894,87 @@
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Садівництво та виноградарство</t>
@@ -10996,51 +11029,51 @@
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>