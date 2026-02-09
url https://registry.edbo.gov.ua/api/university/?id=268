--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -22,56 +22,56 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$9</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$131</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$104</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$84</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -717,113 +717,141 @@
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>с. Шевченкове</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A7"/>
+  <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Агрономії</t>
+          <t>+Лісового і садово-паркового господарства</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Економіки і підприємництва</t>
+          <t>Агрономії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Інженерно-технологічний</t>
+          <t>Біоресурсів і природокористування</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Лісового і садово-паркового господарства</t>
+          <t>Економіки, підприємництва та інформаційних технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Менеджменту</t>
+          <t>Інженерних технологій та професійної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Плодоовочівництва, екології та захисту рослин</t>
+          <t>Історичної та філологічної освіти</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>Менеджменту</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>Мистецької, дошкільної та початкової освіти</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>Соціально-психологічної освіти та фізичної культури</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>Фізико-математичної та природничої освіти</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A7"/>
+  <autoFilter ref="A1:A11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4296,56 +4324,54 @@
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>60573</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Аграрне підприємництво та агротрейдинг</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="7" t="inlineStr">
         <is>
-          <t>- 11713</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
@@ -7592,51 +7618,51 @@
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K131"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I104"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -8081,51 +8107,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>89</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -8147,84 +8173,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -8484,51 +8510,51 @@
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>146</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -8682,51 +8708,51 @@
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>41</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -8778,117 +8804,117 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>159</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
@@ -8943,117 +8969,117 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>81</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -9111,51 +9137,51 @@
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
@@ -9541,51 +9567,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>31</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -9607,51 +9633,51 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -9757,1369 +9783,709 @@
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>H3</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>H4</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>113</v>
+        <v>17</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>202</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Захист і карантин рослин</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Садівництво, плодоовочівництво та виноградарство</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>202</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Захист і карантин рослин</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>203</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Садівництво та виноградарство</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>61</v>
+        <v>1</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>203</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>205</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>206</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
-[...658 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I104"/>
+  <autoFilter ref="A1:I84"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>