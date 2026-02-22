--- v0 (2025-11-04)
+++ v1 (2026-02-22)
@@ -2044,150 +2044,150 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>