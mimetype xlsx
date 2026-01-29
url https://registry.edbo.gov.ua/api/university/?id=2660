--- v0 (2025-10-16)
+++ v1 (2026-01-29)
@@ -466,51 +466,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>270</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.05.2021 № 59-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -581,51 +581,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -655,54 +655,56 @@
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>АП 03000906</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -735,54 +737,56 @@
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G5" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H5" s="9"/>
+          <t>АП 03021402</t>
+        </is>
+      </c>
+      <c r="H5" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
@@ -815,95 +819,99 @@
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t>НІ 0396656</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G8" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H8" s="9"/>
+          <t>АП 03021403</t>
+        </is>
+      </c>
+      <c r="H8" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
@@ -1008,51 +1016,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична реабілітація</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1590,82 +1598,82 @@
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 31.07.2025 № 129-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -2019,130 +2027,136 @@
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>61871</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K8" s="9"/>
+          <t>АП 03021402</t>
+        </is>
+      </c>
+      <c r="K8" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>86048</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Здоров'я людини та фітнес</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I9" s="9"/>
+          <t>- 16145</t>
+        </is>
+      </c>
+      <c r="I9" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>85545</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>- 16144</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
@@ -2263,54 +2277,56 @@
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>82354</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K14" s="9"/>
+          <t>АП 03000906</t>
+        </is>
+      </c>
+      <c r="K14" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>87656</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанний бізнес</t>
         </is>
@@ -2482,54 +2498,56 @@
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>61872</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G19" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K19" s="9"/>
+          <t>АП 03021403</t>
+        </is>
+      </c>
+      <c r="K19" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>86052</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Освітні педагогічні технології</t>
         </is>
@@ -2615,54 +2633,56 @@
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>82353</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G22" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K22" s="9"/>
+          <t>НІ 0396656</t>
+        </is>
+      </c>
+      <c r="K22" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
@@ -2762,84 +2782,84 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -2861,224 +2881,224 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -3101,51 +3121,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -3167,51 +3187,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -3270,51 +3290,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
@@ -3340,51 +3360,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>