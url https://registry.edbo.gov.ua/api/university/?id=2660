--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПДО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$22</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$18</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -369,61 +369,65 @@
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Промислова, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(033)-228-01-97;</t>
+          <t>+38(033)-228-01-97</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>academrtp@gmail.com</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
@@ -1775,51 +1779,51 @@
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>34159</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Здоров'я людини та фітнес</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t>- 8672</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
@@ -2070,51 +2074,51 @@
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>86048</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Здоров'я людини та фітнес</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t>- 16145</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
@@ -2355,54 +2359,56 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>34175</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні технології</t>
         </is>
       </c>
       <c r="G16" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>- 20067</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
@@ -2657,51 +2663,51 @@
         <is>
           <t>НІ 0396656</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I20"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -2782,51 +2788,51 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -2878,54 +2884,54 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -2952,51 +2958,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -3021,151 +3027,151 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -3280,147 +3286,81 @@
       </c>
       <c r="E17" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D18" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D18" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E18" s="6" t="n">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
-[...68 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I20"/>
+  <autoFilter ref="A1:I18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>