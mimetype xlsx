--- v0 (2025-12-14)
+++ v1 (2026-02-11)
@@ -2741,51 +2741,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>