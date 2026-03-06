--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -2926,51 +2926,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -3058,51 +3058,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3124,51 +3124,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3190,51 +3190,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3289,88 +3289,88 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>