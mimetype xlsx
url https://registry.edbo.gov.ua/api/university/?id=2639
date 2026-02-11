--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -4727,51 +4727,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -4991,190 +4991,190 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>60</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">