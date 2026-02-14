--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -4579,84 +4579,84 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -4843,51 +4843,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -4975,51 +4975,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -5107,183 +5107,183 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -5305,51 +5305,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>