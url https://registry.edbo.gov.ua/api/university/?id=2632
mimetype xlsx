--- v0 (2025-11-09)
+++ v1 (2025-12-24)
@@ -2469,84 +2469,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -2601,51 +2601,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2700,120 +2700,120 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">