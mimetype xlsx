--- v1 (2025-12-24)
+++ v2 (2026-03-14)
@@ -2469,51 +2469,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -2667,54 +2667,54 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -2769,51 +2769,51 @@
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>170</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">