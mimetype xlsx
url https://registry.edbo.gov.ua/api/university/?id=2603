--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -361,63 +361,63 @@
         <is>
           <t>м. Белз</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Савенка, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>025754103</t>
+          <t>+38(068)-068-24-52;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>ptu77belz@ukr.net</t>
+          <t>ugniv_abl@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
@@ -626,51 +626,51 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7132 Лицювальник-плиточник
 7133 Штукатур
 7122 Муляр</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C3" s="7" t="n">