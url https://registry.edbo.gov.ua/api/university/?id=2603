--- v1 (2025-12-07)
+++ v2 (2026-02-14)
@@ -649,51 +649,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>57</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>