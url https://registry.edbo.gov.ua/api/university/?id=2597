--- v0 (2025-11-02)
+++ v1 (2026-03-19)
@@ -787,51 +787,51 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>