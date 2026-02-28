--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -2202,51 +2202,51 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>39687</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t>- 2704</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
@@ -2768,51 +2768,51 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>67746</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t>- 16137</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
@@ -3139,51 +3139,51 @@
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>35347</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G30" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t>- 2688</t>
         </is>
       </c>
       <c r="I30" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
@@ -3321,51 +3321,51 @@
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>67657</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G34" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t>- 16141</t>
         </is>
       </c>
       <c r="I34" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
@@ -3646,54 +3646,54 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
@@ -3712,51 +3712,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -3847,150 +3847,150 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>59</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>57</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>62</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -4009,54 +4009,54 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
@@ -4111,84 +4111,84 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>74</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>312</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>