--- v0 (2025-10-19)
+++ v1 (2026-01-25)
@@ -389,51 +389,51 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Іванків Петро Степанович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -659,51 +659,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C3" s="7" t="n">