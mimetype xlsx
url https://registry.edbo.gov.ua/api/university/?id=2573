--- v1 (2026-01-25)
+++ v2 (2026-03-19)
@@ -361,69 +361,77 @@
         <is>
           <t>с-ще Отинія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Січових Стрільців, 10</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380343362380; +380343362163;</t>
+          <t>+38(034)-336-23-80</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>oplet@meta.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>https://oplet.ivano-frankivsk.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В. о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Іванків Петро Степанович</t>
         </is>
       </c>
     </row>