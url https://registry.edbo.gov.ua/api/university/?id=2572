--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -825,74 +825,74 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>33</v>
       </c>
@@ -940,97 +940,97 @@
       </c>
       <c r="B6" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 8263 Вишивальник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8262 В'язальник трикотажних виробів та полотна
 7433 Кравець</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>9</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8266 Складальник верху взуття
 8266 Складальник взуття</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8266 Складальник взуття
 8266 Складальник верху взуття</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C10" s="7" t="n">