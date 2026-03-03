--- v1 (2025-12-15)
+++ v2 (2026-03-03)
@@ -825,120 +825,120 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>33</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -986,51 +986,51 @@
       </c>
       <c r="B8" s="7" t="n">
         <v>9</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8266 Складальник верху взуття
 8266 Складальник взуття</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8266 Складальник взуття
 8266 Складальник верху взуття</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C10" s="7" t="n">