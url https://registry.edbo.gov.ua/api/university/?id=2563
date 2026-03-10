--- v0 (2025-12-19)
+++ v1 (2026-03-10)
@@ -361,69 +361,77 @@
         <is>
           <t>с. Торговиця</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Сірка, 42</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>380525521478; 380525527463;</t>
+          <t>+38(052)-552-14-78</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>ptu30tor@gmail.com</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>torg30.ptu.in.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Романій Олена Миколаївна</t>
         </is>
       </c>
     </row>
@@ -732,51 +740,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>97</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="7" t="n">