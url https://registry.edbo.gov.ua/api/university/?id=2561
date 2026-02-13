--- v0 (2025-10-30)
+++ v1 (2026-02-13)
@@ -1840,51 +1840,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -1996,168 +1996,168 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>44</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 5122 Кухар
 5220 Продавець продовольчих товарів</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Тістороб
 8274 Машиніст тістообробних машин
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>56</v>