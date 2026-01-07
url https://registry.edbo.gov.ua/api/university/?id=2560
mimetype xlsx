--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -921,142 +921,142 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>219</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8284 Монтувальник шин</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>