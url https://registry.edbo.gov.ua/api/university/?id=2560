--- v1 (2026-01-07)
+++ v2 (2026-03-06)
@@ -189,83 +189,83 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О.С. Єгорова</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>2560</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>РЦПТО ім. О. С. Єгорова</t>
+          <t>РЦПТО ім. О.С. Єгорова</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
@@ -361,51 +361,51 @@
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Василя Нікітіна, 21-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(0522) 34-08-51</t>
+          <t>+38(095)-513-68-36</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>kr_proflitsey@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
@@ -921,74 +921,74 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>74</v>
       </c>
       <c r="C4" s="7" t="n">