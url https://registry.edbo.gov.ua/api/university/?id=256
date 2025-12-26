--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -1573,153 +1573,153 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -1837,51 +1837,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>