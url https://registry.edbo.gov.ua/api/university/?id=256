--- v1 (2025-12-26)
+++ v2 (2026-02-23)
@@ -371,79 +371,67 @@
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Академіка Янгеля, 59</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
-      <c r="B16" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B16" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Колотій Світлана Василівна</t>
         </is>
       </c>
     </row>
@@ -1017,133 +1005,133 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>61318</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>ІК 02019196</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>9589</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>ІП 02009084</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>10715</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>НІ 0286090</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>82911</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>35019</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -1415,62 +1403,62 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>10269</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H14" s="7" t="inlineStr">
         <is>
+          <t>ІП 02001473</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>46752</v>
+      </c>
+      <c r="J14" s="7" t="inlineStr">
+        <is>
           <t> </t>
         </is>
       </c>
-      <c r="I14" s="9"/>
-[...7 lines deleted...]
-      </c>
+      <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>68416</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
@@ -1738,51 +1726,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -1837,51 +1825,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>