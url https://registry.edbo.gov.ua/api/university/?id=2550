--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -984,51 +984,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
@@ -1052,97 +1052,97 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>2</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7214 Слюсар із складання металевих конструкцій</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C8" s="7" t="n">
@@ -1211,51 +1211,51 @@
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8211 Токар</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C13" s="7" t="n">