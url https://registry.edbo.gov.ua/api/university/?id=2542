--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1893,98 +1893,98 @@
       <c r="B3" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7214 Слюсар із складання металевих конструкцій
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>