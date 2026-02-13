--- v1 (2025-12-07)
+++ v2 (2026-02-13)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ПТО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$46</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$47</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$6</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -770,51 +770,51 @@
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -1038,649 +1038,666 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
         <v>120</v>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
           <t>РД 040810</t>
         </is>
       </c>
       <c r="D13" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>7124 Столяр будівельний
+          <t>7124 Реставратор пам'яток дерев'яної архітектури
 </t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C14" s="7" t="inlineStr">
         <is>
-          <t>PД 040979</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>7124 Реставратор пам'яток дерев'яної архітектури
+          <t>7124 Столяр будівельний
 </t>
         </is>
       </c>
       <c r="B15" s="8" t="n">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D15" s="9"/>
+          <t>PД 040979</t>
+        </is>
+      </c>
+      <c r="D15" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>7124 Реставратор пам'яток дерев'яної архітектури
+          <t>7124 Столяр (виробництво художніх меблів)
 </t>
         </is>
       </c>
       <c r="B16" s="8" t="n">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="C16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D16" s="9"/>
+          <t>PД 040979</t>
+        </is>
+      </c>
+      <c r="D16" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>7124 Столяр (виробництво художніх меблів)
+          <t>7124 Реставратор пам'яток дерев'яної архітектури
 </t>
         </is>
       </c>
       <c r="B17" s="8" t="n">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="C17" s="7" t="inlineStr">
         <is>
-          <t>PД 040979</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7132 Паркетник
 </t>
         </is>
       </c>
       <c r="B18" s="8" t="n">
         <v>120</v>
       </c>
       <c r="C18" s="7" t="inlineStr">
         <is>
           <t>PД 040979</t>
         </is>
       </c>
       <c r="D18" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>7129 Бруківник
+          <t>7129 Монтажник-складальник металопластикових конструкцій
 </t>
         </is>
       </c>
       <c r="B19" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>7129 Робітник з комплексного обслуговування й ремонту будинків
+          <t>7129 Бруківник
 </t>
         </is>
       </c>
       <c r="B20" s="8" t="n">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="C20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7129 Робітник з комплексного обслуговування й ремонту будинків
 </t>
         </is>
       </c>
       <c r="B21" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>7129 Монтажник систем утеплення будівель
+          <t>7129 Робітник з комплексного обслуговування й ремонту будинків
 </t>
         </is>
       </c>
       <c r="B22" s="8" t="n">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="C22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник-складальник металопластикових конструкцій
 </t>
         </is>
       </c>
       <c r="B23" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B24" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
-          <t>7132 Паркетник
+          <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B25" s="8" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C25" s="7" t="inlineStr">
         <is>
-          <t>PД 040979</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>7132 Лицювальник-плиточник
+          <t>7132 Паркетник
 </t>
         </is>
       </c>
       <c r="B26" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C26" s="7" t="inlineStr">
         <is>
           <t>PД 040979</t>
         </is>
       </c>
       <c r="D26" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
-          <t>7133 Штукатур
+          <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B27" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C27" s="7" t="inlineStr">
         <is>
           <t>PД 040979</t>
         </is>
       </c>
       <c r="D27" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>7133 Реставратор декоративних штукатурок і ліпних виробів
+          <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B28" s="8" t="n">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C28" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D28" s="9"/>
+          <t>PД 040979</t>
+        </is>
+      </c>
+      <c r="D28" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>7133 Реставратор декоративних штукатурок і ліпних виробів
 </t>
         </is>
       </c>
       <c r="B29" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
+        <is>
+          <t>7133 Реставратор декоративних штукатурок і ліпних виробів
+</t>
+        </is>
+      </c>
+      <c r="B30" s="8" t="n">
+        <v>60</v>
+      </c>
+      <c r="C30" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D30" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр
 </t>
         </is>
       </c>
-      <c r="B30" s="8" t="n">
+      <c r="B31" s="8" t="n">
         <v>150</v>
       </c>
-      <c r="C30" s="7" t="inlineStr">
+      <c r="C31" s="7" t="inlineStr">
         <is>
           <t>РД 040810</t>
         </is>
       </c>
-      <c r="D30" s="9" t="n">
+      <c r="D31" s="9" t="n">
         <v>46204</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="D31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B32" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
-          <t>7139 Укладальник підлогових покриттів
+          <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B33" s="8" t="n">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="C33" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>7139 Укладальник підлогових покриттів
 </t>
         </is>
       </c>
       <c r="B34" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C34" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D34" s="9" t="n">
         <v>48598</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>7141 Маляр
+          <t>7139 Укладальник підлогових покриттів
 </t>
         </is>
       </c>
       <c r="B35" s="8" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C35" s="7" t="inlineStr">
         <is>
-          <t>PД 040979</t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D35" s="9" t="n">
-        <v>46204</v>
+        <v>48598</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
-          <t>7212 Електрогазозварник
+          <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B36" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C36" s="7" t="inlineStr">
         <is>
           <t>PД 040979</t>
         </is>
       </c>
       <c r="D36" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
-          <t>7214 Слюсар із складання металевих конструкцій
+          <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B37" s="8" t="n">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="C37" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t>PД 040979</t>
         </is>
       </c>
       <c r="D37" s="9" t="n">
-        <v>48756</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>7214 Слюсар із складання металевих конструкцій
 </t>
         </is>
       </c>
       <c r="B38" s="8" t="n">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="C38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D38" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D38" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
-          <t>7231 Слюсар з ремонту колісних транспортних засобів
+          <t>7214 Слюсар із складання металевих конструкцій
 </t>
         </is>
       </c>
       <c r="B39" s="8" t="n">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="C39" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
       <c r="B40" s="8" t="n">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="C40" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D40" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D40" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
-7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B41" s="8" t="n">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="C41" s="7" t="inlineStr">
         <is>
-          <t>РД 040810</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
-8322 Водій автотранспортних засобів (категорія B)
+7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B42" s="8" t="n">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="C42" s="7" t="inlineStr">
         <is>
-          <t>РД 040979</t>
+          <t>РД 040810</t>
         </is>
       </c>
       <c r="D42" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
-          <t>7422 Столяр
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
       <c r="B43" s="8" t="n">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="C43" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D43" s="9"/>
+          <t>РД 040979</t>
+        </is>
+      </c>
+      <c r="D43" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 </t>
         </is>
       </c>
       <c r="B44" s="8" t="n">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="C44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
-          <t>8322 Водій автотранспортних засобів (категорія B)
+          <t>7422 Столяр
 </t>
         </is>
       </c>
       <c r="B45" s="8" t="n">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C45" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
       <c r="B46" s="8" t="n">
+        <v>50</v>
+      </c>
+      <c r="C46" s="7" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D46" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="3" t="inlineStr">
+        <is>
+          <t>8322 Водій автотранспортних засобів (категорія B)
+</t>
+        </is>
+      </c>
+      <c r="B47" s="8" t="n">
         <v>30</v>
       </c>
-      <c r="C46" s="7" t="inlineStr">
+      <c r="C47" s="7" t="inlineStr">
         <is>
           <t>PД 040979</t>
         </is>
       </c>
-      <c r="D46" s="9" t="n">
+      <c r="D47" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D46"/>
+  <autoFilter ref="A1:D47"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1846,145 +1863,145 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр (виробництво художніх меблів)
 7124 Реставратор пам'яток дерев'яної архітектури</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7214 Слюсар із складання металевих конструкцій
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>