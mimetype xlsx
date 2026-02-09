--- v0 (2025-10-15)
+++ v1 (2026-02-09)
@@ -412,63 +412,63 @@
         <is>
           <t>xktei@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.xktei.km.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. президента</t>
+          <t>Президент</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Матвєєв Андрій Юрійович</t>
+          <t>Філіпчук Віктор Ростиславович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -623,51 +623,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>300</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 01.07.2021 № 81-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -753,51 +753,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -821,54 +821,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>ІП 23008885</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.04.2021 № 53-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L17"/>
   <sheetViews>
@@ -934,51 +936,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>6.030507</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>маркетинг</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -2137,54 +2139,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>21310</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I11" s="9"/>
+          <t>ІП 23008885</t>
+        </is>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
@@ -3063,84 +3067,84 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -3162,54 +3166,54 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -3396,51 +3400,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -3459,51 +3463,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3627,51 +3631,51 @@
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">