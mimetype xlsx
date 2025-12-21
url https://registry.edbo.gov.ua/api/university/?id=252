--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -8883,226 +8883,236 @@
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
         <v>10486</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні технології</t>
         </is>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I146" s="9"/>
       <c r="J146" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K146" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K146" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
         <v>27959</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (комп'ютерні технології)</t>
         </is>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I147" s="9"/>
       <c r="J147" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K147" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K147" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E148" s="6" t="n">
         <v>32700</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта. Комп'ютерні технології в упарвлінні та навчанні</t>
         </is>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K148" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K148" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E149" s="6" t="n">
         <v>32705</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта. Комп'ютерні технології в управлінні та навчанні</t>
         </is>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K149" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K149" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E150" s="6" t="n">
         <v>33566</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта. Комп'ютерні технології</t>
         </is>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I150" s="9"/>
       <c r="J150" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K150" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K150" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E151" s="6" t="n">
         <v>27956</v>
       </c>
@@ -9184,97 +9194,101 @@
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
         <v>42145</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта. Цифрові технології</t>
         </is>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I153" s="9"/>
       <c r="J153" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K153" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K153" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
         <v>49328</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта. Комп'ютерні технології в управлінні та навчанні</t>
         </is>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I154" s="9"/>
       <c r="J154" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K154" s="9"/>
+          <t>УД 02001764</t>
+        </is>
+      </c>
+      <c r="K154" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>9383</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
@@ -20136,54 +20150,56 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C399" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D399" s="3"/>
       <c r="E399" s="6" t="n">
         <v>29742</v>
       </c>
       <c r="F399" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G399" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H399" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I399" s="9"/>
+          <t>- 18954</t>
+        </is>
+      </c>
+      <c r="I399" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J399" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K399" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B400" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C400" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D400" s="3"/>
       <c r="E400" s="6" t="n">
@@ -20224,56 +20240,54 @@
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C401" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D401" s="3"/>
       <c r="E401" s="6" t="n">
         <v>53222</v>
       </c>
       <c r="F401" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G401" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H401" s="8" t="inlineStr">
         <is>
-          <t>- 9323</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I401" s="9"/>
       <c r="J401" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K401" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B402" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C402" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D402" s="3"/>
       <c r="E402" s="6" t="n">
@@ -20400,54 +20414,56 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C405" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D405" s="3"/>
       <c r="E405" s="6" t="n">
         <v>27556</v>
       </c>
       <c r="F405" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G405" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H405" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I405" s="9"/>
+          <t>- 18951</t>
+        </is>
+      </c>
+      <c r="I405" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J405" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K405" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B406" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C406" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D406" s="3" t="inlineStr">
         <is>
@@ -21645,54 +21661,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C432" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D432" s="3"/>
       <c r="E432" s="6" t="n">
         <v>63661</v>
       </c>
       <c r="F432" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G432" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H432" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I432" s="9"/>
+          <t>- 19267</t>
+        </is>
+      </c>
+      <c r="I432" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J432" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K432" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B433" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C433" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D433" s="3"/>
       <c r="E433" s="6" t="n">
@@ -21860,54 +21878,56 @@
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C437" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D437" s="3"/>
       <c r="E437" s="6" t="n">
         <v>61971</v>
       </c>
       <c r="F437" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G437" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H437" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I437" s="9"/>
+          <t>- 19265</t>
+        </is>
+      </c>
+      <c r="I437" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J437" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K437" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B438" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C438" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D438" s="3"/>
       <c r="E438" s="6" t="n">
@@ -22032,98 +22052,100 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C441" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D441" s="3"/>
       <c r="E441" s="6" t="n">
         <v>49702</v>
       </c>
       <c r="F441" s="3" t="inlineStr">
         <is>
           <t>Менеджмент. Управління освітнім закладом (за типом)</t>
         </is>
       </c>
       <c r="G441" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H441" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I441" s="9"/>
+          <t>- 18973</t>
+        </is>
+      </c>
+      <c r="I441" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J441" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K441" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B442" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C442" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D442" s="3"/>
       <c r="E442" s="6" t="n">
         <v>55809</v>
       </c>
       <c r="F442" s="3" t="inlineStr">
         <is>
           <t>Менеджмент в юридичній діяльності</t>
         </is>
       </c>
       <c r="G442" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H442" s="8" t="inlineStr">
         <is>
-          <t>- 9614</t>
+          <t>- 18871</t>
         </is>
       </c>
       <c r="I442" s="9" t="n">
-        <v>46001</v>
+        <v>46344</v>
       </c>
       <c r="J442" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K442" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B443" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C443" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D443" s="3"/>
@@ -26089,51 +26111,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>56</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -26159,85 +26181,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -26341,54 +26363,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -26637,51 +26659,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -26751,51 +26773,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -26818,88 +26840,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
@@ -27060,51 +27082,51 @@
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>115</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -27123,51 +27145,51 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -27189,51 +27211,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -27288,51 +27310,51 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -27424,84 +27446,84 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27531,88 +27553,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27642,88 +27664,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27790,51 +27812,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -28086,51 +28108,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -28271,84 +28293,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -28510,54 +28532,54 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -28609,51 +28631,51 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -28741,88 +28763,88 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -29182,91 +29204,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -29441,51 +29463,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -29868,51 +29890,51 @@
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -29931,51 +29953,51 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -30742,51 +30764,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -30948,51 +30970,51 @@
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -31088,54 +31110,54 @@
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -31154,87 +31176,87 @@
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
@@ -31686,51 +31708,51 @@
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -31862,51 +31884,51 @@
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>