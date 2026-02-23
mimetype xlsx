--- v1 (2025-12-21)
+++ v2 (2026-02-23)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$528</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$171</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$146</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -419,63 +419,63 @@
         <is>
           <t>info@vspu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.vspu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Лазаренко Наталія Іванівна</t>
+          <t>Завальнюк Інна Яківна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -3076,666 +3076,666 @@
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>11027</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта, психологія, мистецтво</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>11436</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>20936</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Психологія, дошкільна освіта, мистецтво, інклюзивна освіта</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>21197</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта, інклюзивна освіта</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>24780</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта, психологія, мистецтво, інклюзія</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>33552</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>33728</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Дошкільна освіта; Початкова освіта. Інклюзивна освіта; Початкова освіта. Мистецтво; Початкова освіта. Психологія</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>33730</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Дошкільна освіта</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>40610</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Дошкільна освіта; Початкова освіта. Мистецтво; Початкова освіта. Логопедія.</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>41967</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Дошкільна освіта; Початкова освіта. Логопедія.</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>49322</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Мистецтво</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>49323</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Логопедія</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>51644</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Інклюзивна освіта</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>51646</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Психологія</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>53347</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Англійська мова</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>64821</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Середня освіта (мова та зарубіжна література (англійська)</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t>УД 02010095</t>
         </is>
       </c>
       <c r="K30" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>42175</v>
@@ -4321,321 +4321,321 @@
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
         <v>10265</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Географія, біологія, історія, туристично-краєзнавча робота</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
         <v>18353</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Біологія, історія, туристично-краєзнавча робота</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K45" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>24073</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Географія, туристично-краєзнавча робота</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
         <v>27565</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Краєзнавчо-туристична робота</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
         <v>28185</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K48" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
         <v>33812</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Географія, краєзнавчо-туристична робота</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K49" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
         <v>34042</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Географія. Краєзнавчо-туристична робота</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I50" s="9"/>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t>УД 02010102</t>
         </is>
       </c>
       <c r="K50" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Захист України</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>61829</v>
@@ -5649,321 +5649,321 @@
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
         <v>11028</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Інформатика, фізика</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="8" t="inlineStr">
         <is>
           <t>УД 02010104</t>
         </is>
       </c>
       <c r="K74" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
         <v>28181</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (математика)</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t>УД 02010104</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
         <v>32613</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Математика, фізика; Середня освіта. математика, інформатика</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="8" t="inlineStr">
         <is>
           <t>УД 02010104</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
         <v>40679</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Математика, інформатика.</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t>УД 02010104</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
         <v>51675</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Математика, фізика</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
           <t>УД 02010104</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
         <v>51676</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Математика, інформатика</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="8" t="inlineStr">
         <is>
           <t>УД 02010104</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
         <v>64757</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Мова і література</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
         <v>10397</v>
@@ -6594,411 +6594,411 @@
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
         <v>9115</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Художня культура</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K95" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>21538</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Режисура музично-виховних шкільних заходів, художня культура</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
         <v>28191</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
         <v>33553</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
         <v>34074</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво. Художня культура; Середня освіта. Музичне мистецтво. Режисура музично-виховних шкільних заходів</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
         <v>40611</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво. Режисура - виховних шкільних заходів.</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
         <v>49627</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Режисура музично-виховних шкільних заходів</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E102" s="6" t="n">
         <v>49720</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво. Режисура музично-виховних заходів</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
         <v>51672</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво. Режисура музично-виховних шкільних заходів</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
           <t>УД 02010098</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
         <v>42176</v>
@@ -7312,1581 +7312,1581 @@
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
         <v>64756</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Технології</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
         <v>9720</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Креслення</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
         <v>27570</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Трудове навчання)</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
         <v>28178</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Трудове навчання та технології)</t>
         </is>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I114" s="9"/>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K114" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
         <v>33574</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K115" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
         <v>33799</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Трудове навчання та технології. Дизайн середовища і костюма</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I116" s="9"/>
       <c r="J116" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K116" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
         <v>51673</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Трудове навчання та технології. Креслення</t>
         </is>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I117" s="9"/>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t>УД 02010096</t>
         </is>
       </c>
       <c r="K117" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
         <v>9005</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література, мова і література (англійська)</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
         <v>19257</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>мова і література (англійська)</t>
         </is>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
         <v>24775</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Мова і література (французька)</t>
         </is>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
         <v>28089</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська), мова і література (французька)</t>
         </is>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
         <v>28173</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
         <v>32031</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Англійська мова</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I123" s="9"/>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K123" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
         <v>32599</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література), середня освіта (англійська мова)</t>
         </is>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I124" s="9"/>
       <c r="J124" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K124" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
         <v>33739</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Українська мова і література, англійська</t>
         </is>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K125" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E126" s="6" t="n">
         <v>51636</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Українська мова і література, англійська мова</t>
         </is>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I126" s="9"/>
       <c r="J126" s="8" t="inlineStr">
         <is>
           <t>УД 02010100</t>
         </is>
       </c>
       <c r="K126" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E127" s="6" t="n">
         <v>10488</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I127" s="9"/>
       <c r="J127" s="8" t="inlineStr">
         <is>
           <t>УД 02010103</t>
         </is>
       </c>
       <c r="K127" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
         <v>28180</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>014.08 Середня освіта (фізика)</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I128" s="9"/>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t>УД 02010103</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
         <v>28182</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (фізика)</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I129" s="9"/>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t>УД 02010103</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E130" s="6" t="n">
         <v>32619</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізика, інформатика</t>
         </is>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I130" s="9"/>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t>УД 02010103</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
         <v>33798</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізика, інформатика; Середня освіта. Фізика, природознавство</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t>УД 02010103</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
         <v>61790</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізика та астрономія, інформатика</t>
         </is>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I132" s="9"/>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t>УД 02010103</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
         <v>16563</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I133" s="9"/>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
         <v>24823</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K134" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E135" s="6" t="n">
         <v>28168</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E136" s="6" t="n">
         <v>28190</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K136" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
         <v>33565</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
         <v>33573</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I138" s="9"/>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K138" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
         <v>53327</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура. Фітнес</t>
         </is>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K139" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E140" s="6" t="n">
         <v>53387</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура. Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I140" s="9"/>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t>УД 02010097</t>
         </is>
       </c>
       <c r="K140" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
         <v>10100</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t>УД 02010101</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E142" s="6" t="n">
         <v>28186</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I142" s="9"/>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t>УД 02010101</t>
         </is>
       </c>
       <c r="K142" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>33562</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Хімія</t>
         </is>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I143" s="9"/>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t>УД 02010101</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
         <v>33811</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Хімія, біологія</t>
         </is>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t>УД 02010101</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D145" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E145" s="6" t="n">
         <v>34084</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Хімія, біологія та здоров'я людини</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I145" s="9"/>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t>УД 02010101</t>
         </is>
       </c>
       <c r="K145" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
         <v>10486</v>
@@ -9561,174 +9561,174 @@
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
         <v>9583</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I162" s="9"/>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t>НД 0296943</t>
         </is>
       </c>
       <c r="K162" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
         <v>21539</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
           <t>Режисура музично-виховних шкільних заходів, художня культура</t>
         </is>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I163" s="9"/>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t>НД 0296943</t>
         </is>
       </c>
       <c r="K163" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>24579</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>Інструментальне виконавство. Теорія та історія музики. Хорове диригування.Вокал.</t>
         </is>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I164" s="9"/>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t>НД 0296943</t>
         </is>
       </c>
       <c r="K164" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
         <v>34075</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Інструментальне виконавство; Музичне мистецтво. Вокал; Музичне мистецтво. Теорія та історія музики; Музичне мистецтво. Хорове диригування</t>
         </is>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I165" s="9"/>
       <c r="J165" s="8" t="inlineStr">
         <is>
           <t>НД 0296943</t>
         </is>
       </c>
       <c r="K165" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D166" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E166" s="6" t="n">
         <v>24665</v>
@@ -10938,502 +10938,502 @@
           <t>Біологія</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
         <v>10751</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (біологія)</t>
         </is>
       </c>
       <c r="G195" s="3"/>
       <c r="H195" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="8" t="inlineStr">
         <is>
           <t>НД 0296952</t>
         </is>
       </c>
       <c r="K195" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>24822</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія), екологія</t>
         </is>
       </c>
       <c r="G196" s="3"/>
       <c r="H196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I196" s="9"/>
       <c r="J196" s="8" t="inlineStr">
         <is>
           <t>НД 0296952</t>
         </is>
       </c>
       <c r="K196" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
         <v>27564</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G197" s="3"/>
       <c r="H197" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I197" s="9"/>
       <c r="J197" s="8" t="inlineStr">
         <is>
           <t>НД 0296952</t>
         </is>
       </c>
       <c r="K197" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
         <v>51721</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Біологія. Середня освіта. Біологія</t>
         </is>
       </c>
       <c r="G198" s="3"/>
       <c r="H198" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I198" s="9"/>
       <c r="J198" s="8" t="inlineStr">
         <is>
           <t>НД 0296952</t>
         </is>
       </c>
       <c r="K198" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
         <v>51890</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
           <t>Біологія, екологія</t>
         </is>
       </c>
       <c r="G199" s="3"/>
       <c r="H199" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I199" s="9"/>
       <c r="J199" s="8" t="inlineStr">
         <is>
           <t>НД 0296952</t>
         </is>
       </c>
       <c r="K199" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
         <v>53127</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
           <t>Біологія. Середня освіта. Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="G200" s="3"/>
       <c r="H200" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I200" s="9"/>
       <c r="J200" s="8" t="inlineStr">
         <is>
           <t>НД 0296952</t>
         </is>
       </c>
       <c r="K200" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
         <v>59278</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="G201" s="3"/>
       <c r="H201" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I201" s="9"/>
       <c r="J201" s="8" t="inlineStr">
         <is>
           <t>УД 02018024</t>
         </is>
       </c>
       <c r="K201" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
         <v>64857</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G202" s="3"/>
       <c r="H202" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I202" s="9"/>
       <c r="J202" s="8" t="inlineStr">
         <is>
           <t>УД 02018024</t>
         </is>
       </c>
       <c r="K202" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>10079</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Прикладна хімія (хімічний контроль довкілля, харчових продуктів та лікарських препаратів)</t>
         </is>
       </c>
       <c r="G203" s="3"/>
       <c r="H203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I203" s="9"/>
       <c r="J203" s="8" t="inlineStr">
         <is>
           <t>НД 0296950</t>
         </is>
       </c>
       <c r="K203" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
         <v>28187</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G204" s="3"/>
       <c r="H204" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I204" s="9"/>
       <c r="J204" s="8" t="inlineStr">
         <is>
           <t>НД 0296950</t>
         </is>
       </c>
       <c r="K204" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
         <v>33813</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Хімія.Прикладна хімія (хімічний контроль довкілля, харчових продуктів та лікарських препаратів)</t>
         </is>
       </c>
       <c r="G205" s="3"/>
       <c r="H205" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="8" t="inlineStr">
         <is>
           <t>НД 0296950</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
         <v>53286</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
           <t>Хімія. Прикладна хімія</t>
         </is>
       </c>
       <c r="G206" s="3"/>
       <c r="H206" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I206" s="9"/>
       <c r="J206" s="8" t="inlineStr">
         <is>
           <t>НД 0296950</t>
         </is>
       </c>
       <c r="K206" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
         <v>10101</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Природнича географія, середня освіта (географія)</t>
@@ -11758,297 +11758,297 @@
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
         <v>9330</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G215" s="3"/>
       <c r="H215" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I215" s="9"/>
       <c r="J215" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K215" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
         <v>27560</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
           <t>Соціально-психологічна реабілітація та асистування, управління соціальними програмами і проектами</t>
         </is>
       </c>
       <c r="G216" s="3"/>
       <c r="H216" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K216" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
         <v>32703</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота. Управління соціальними програмами і проектами; Соціальна робота. Соціально-психологічна реабілітація та асистування</t>
         </is>
       </c>
       <c r="G217" s="3"/>
       <c r="H217" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I217" s="9"/>
       <c r="J217" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K217" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
         <v>36586</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
           <t>Управління соціальними програмами і проектами</t>
         </is>
       </c>
       <c r="G218" s="3"/>
       <c r="H218" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K218" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>40762</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота. Соціально-психологічна реабілітація та асистування</t>
         </is>
       </c>
       <c r="G219" s="3"/>
       <c r="H219" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
         <v>51887</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота. Управління соціальними програмами і проектами</t>
         </is>
       </c>
       <c r="G220" s="3"/>
       <c r="H220" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
         <v>64848</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота. Психологія</t>
         </is>
       </c>
       <c r="G221" s="3"/>
       <c r="H221" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="8" t="inlineStr">
         <is>
           <t>УД 02007851</t>
         </is>
       </c>
       <c r="K221" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
         <v>35722</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -12404,133 +12404,133 @@
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
         <v>84168</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Англійська мова в початковій школі</t>
         </is>
       </c>
       <c r="G231" s="3"/>
       <c r="H231" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I231" s="9"/>
       <c r="J231" s="8" t="inlineStr">
         <is>
           <t>УД 02020030</t>
         </is>
       </c>
       <c r="K231" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B232" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
         <v>84169</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта та інтегрований курс "Мистецтво"</t>
         </is>
       </c>
       <c r="G232" s="3"/>
       <c r="H232" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I232" s="9"/>
       <c r="J232" s="8" t="inlineStr">
         <is>
           <t>УД 02020030</t>
         </is>
       </c>
       <c r="K232" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B233" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
         <v>87728</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G233" s="3"/>
       <c r="H233" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="8" t="inlineStr">
         <is>
           <t>УД 02020030</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B234" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D234" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E234" s="6" t="n">
         <v>84638</v>
@@ -12666,51 +12666,51 @@
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E237" s="6" t="n">
         <v>84841</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Географія. Краєзнавчо-екскурсійна робота</t>
         </is>
       </c>
       <c r="G237" s="3"/>
       <c r="H237" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I237" s="9"/>
       <c r="J237" s="8" t="inlineStr">
         <is>
           <t>УД 02020038</t>
         </is>
       </c>
       <c r="K237" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B238" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D238" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E238" s="6" t="n">
         <v>83664</v>
@@ -12799,96 +12799,96 @@
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E240" s="6" t="n">
         <v>83662</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Математика, інформатика</t>
         </is>
       </c>
       <c r="G240" s="3"/>
       <c r="H240" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I240" s="9"/>
       <c r="J240" s="8" t="inlineStr">
         <is>
           <t>УД 02020035</t>
         </is>
       </c>
       <c r="K240" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B241" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D241" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E241" s="6" t="n">
         <v>82861</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво</t>
         </is>
       </c>
       <c r="G241" s="3"/>
       <c r="H241" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I241" s="9"/>
       <c r="J241" s="8" t="inlineStr">
         <is>
           <t>УД 02020042</t>
         </is>
       </c>
       <c r="K241" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B242" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D242" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E242" s="6" t="n">
         <v>82863</v>
@@ -13022,51 +13022,51 @@
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E245" s="6" t="n">
         <v>82860</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Технології</t>
         </is>
       </c>
       <c r="G245" s="3"/>
       <c r="H245" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I245" s="9"/>
       <c r="J245" s="8" t="inlineStr">
         <is>
           <t>УД 02020040</t>
         </is>
       </c>
       <c r="K245" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D246" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E246" s="6" t="n">
         <v>79105</v>
@@ -13157,186 +13157,186 @@
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E248" s="6" t="n">
         <v>83663</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізика та астрономія, інформатика</t>
         </is>
       </c>
       <c r="G248" s="3"/>
       <c r="H248" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I248" s="9"/>
       <c r="J248" s="8" t="inlineStr">
         <is>
           <t>УД 02020039</t>
         </is>
       </c>
       <c r="K248" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D249" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E249" s="6" t="n">
         <v>84428</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура. Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G249" s="3"/>
       <c r="H249" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I249" s="9"/>
       <c r="J249" s="8" t="inlineStr">
         <is>
           <t>УД 02020041</t>
         </is>
       </c>
       <c r="K249" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B250" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D250" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E250" s="6" t="n">
         <v>84429</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура. Фітнес</t>
         </is>
       </c>
       <c r="G250" s="3"/>
       <c r="H250" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I250" s="9"/>
       <c r="J250" s="8" t="inlineStr">
         <is>
           <t>УД 02020041</t>
         </is>
       </c>
       <c r="K250" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B251" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D251" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E251" s="6" t="n">
         <v>84840</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Хімія, біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="G251" s="3"/>
       <c r="H251" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I251" s="9"/>
       <c r="J251" s="8" t="inlineStr">
         <is>
           <t>УД 02020037</t>
         </is>
       </c>
       <c r="K251" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B252" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D252" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E252" s="6" t="n">
         <v>82981</v>
@@ -13630,51 +13630,51 @@
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
         <v>82866</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G259" s="3"/>
       <c r="H259" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I259" s="9"/>
       <c r="J259" s="8" t="inlineStr">
         <is>
           <t>УД 02020046</t>
         </is>
       </c>
       <c r="K259" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B260" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
         <v>82865</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
@@ -14071,133 +14071,133 @@
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
         <v>84845</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G270" s="3"/>
       <c r="H270" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I270" s="9"/>
       <c r="J270" s="8" t="inlineStr">
         <is>
           <t>УД 02020043</t>
         </is>
       </c>
       <c r="K270" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B271" s="8" t="inlineStr">
         <is>
           <t>E3</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
         <v>84846</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
           <t>Хімія. Прикладна хімія</t>
         </is>
       </c>
       <c r="G271" s="3"/>
       <c r="H271" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I271" s="9"/>
       <c r="J271" s="8" t="inlineStr">
         <is>
           <t>УД 02020044</t>
         </is>
       </c>
       <c r="K271" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B272" s="8" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
         <v>83665</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна математика</t>
         </is>
       </c>
       <c r="G272" s="3"/>
       <c r="H272" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I272" s="9"/>
       <c r="J272" s="8" t="inlineStr">
         <is>
           <t>УД 02020045</t>
         </is>
       </c>
       <c r="K272" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B273" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D273" s="3"/>
       <c r="E273" s="6" t="n">
         <v>82984</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -16710,54 +16710,56 @@
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D327" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E327" s="6" t="n">
         <v>64759</v>
       </c>
       <c r="F327" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Музичне мистецтво</t>
         </is>
       </c>
       <c r="G327" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H327" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I327" s="9"/>
+          <t>- 948</t>
+        </is>
+      </c>
+      <c r="I327" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J327" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K327" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B328" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D328" s="3" t="inlineStr">
         <is>
@@ -20240,54 +20242,56 @@
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C401" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D401" s="3"/>
       <c r="E401" s="6" t="n">
         <v>53222</v>
       </c>
       <c r="F401" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G401" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H401" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I401" s="9"/>
+          <t>- 19468</t>
+        </is>
+      </c>
+      <c r="I401" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J401" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K401" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B402" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C402" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D402" s="3"/>
       <c r="E402" s="6" t="n">
@@ -22142,54 +22146,56 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C443" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D443" s="3"/>
       <c r="E443" s="6" t="n">
         <v>63585</v>
       </c>
       <c r="F443" s="3" t="inlineStr">
         <is>
           <t>Менеджмент та підприємництво</t>
         </is>
       </c>
       <c r="G443" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H443" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I443" s="9"/>
+          <t>- 19992</t>
+        </is>
+      </c>
+      <c r="I443" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J443" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K443" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B444" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C444" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D444" s="3"/>
       <c r="E444" s="6" t="n">
@@ -23451,51 +23457,51 @@
       <c r="E472" s="6" t="n">
         <v>84175</v>
       </c>
       <c r="F472" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G472" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H472" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I472" s="9"/>
       <c r="J472" s="8" t="inlineStr">
         <is>
           <t>УД 02020049</t>
         </is>
       </c>
       <c r="K472" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B473" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C473" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D473" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E473" s="6" t="n">
         <v>84643</v>
@@ -23596,51 +23602,51 @@
       <c r="E475" s="6" t="n">
         <v>84851</v>
       </c>
       <c r="F475" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Географія. Краєзнавчо-екскурсійна робота</t>
         </is>
       </c>
       <c r="G475" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H475" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I475" s="9"/>
       <c r="J475" s="8" t="inlineStr">
         <is>
           <t>УД 02020055</t>
         </is>
       </c>
       <c r="K475" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B476" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C476" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D476" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E476" s="6" t="n">
         <v>83668</v>
@@ -23694,100 +23700,100 @@
       <c r="E477" s="6" t="n">
         <v>82744</v>
       </c>
       <c r="F477" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="G477" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H477" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I477" s="9"/>
       <c r="J477" s="8" t="inlineStr">
         <is>
           <t>УД 02020051</t>
         </is>
       </c>
       <c r="K477" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B478" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C478" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D478" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E478" s="6" t="n">
         <v>83669</v>
       </c>
       <c r="F478" s="3" t="inlineStr">
         <is>
           <t>Дидактика математики</t>
         </is>
       </c>
       <c r="G478" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H478" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I478" s="9"/>
       <c r="J478" s="8" t="inlineStr">
         <is>
           <t>УД 02020052</t>
         </is>
       </c>
       <c r="K478" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B479" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C479" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D479" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E479" s="6" t="n">
         <v>82868</v>
@@ -23841,247 +23847,247 @@
       <c r="E480" s="6" t="n">
         <v>82867</v>
       </c>
       <c r="F480" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Технології</t>
         </is>
       </c>
       <c r="G480" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H480" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I480" s="9"/>
       <c r="J480" s="8" t="inlineStr">
         <is>
           <t>УД 02020057</t>
         </is>
       </c>
       <c r="K480" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B481" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C481" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D481" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E481" s="6" t="n">
         <v>79152</v>
       </c>
       <c r="F481" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Українська мова і література, англійська мова</t>
         </is>
       </c>
       <c r="G481" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H481" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I481" s="9"/>
       <c r="J481" s="8" t="inlineStr">
         <is>
           <t>УД 02020050</t>
         </is>
       </c>
       <c r="K481" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B482" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C482" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D482" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E482" s="6" t="n">
         <v>83667</v>
       </c>
       <c r="F482" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізика та астрономія</t>
         </is>
       </c>
       <c r="G482" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H482" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I482" s="9"/>
       <c r="J482" s="8" t="inlineStr">
         <is>
           <t>УД 02020056</t>
         </is>
       </c>
       <c r="K482" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B483" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C483" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D483" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E483" s="6" t="n">
         <v>84432</v>
       </c>
       <c r="F483" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Фізична культура. Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G483" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H483" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I483" s="9"/>
       <c r="J483" s="8" t="inlineStr">
         <is>
           <t>УД 02020058</t>
         </is>
       </c>
       <c r="K483" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B484" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C484" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D484" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E484" s="6" t="n">
         <v>84850</v>
       </c>
       <c r="F484" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Хімія, біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="G484" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H484" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I484" s="9"/>
       <c r="J484" s="8" t="inlineStr">
         <is>
           <t>УД 02020054</t>
         </is>
       </c>
       <c r="K484" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B485" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C485" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D485" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E485" s="6" t="n">
         <v>82986</v>
@@ -24176,100 +24182,100 @@
       <c r="E487" s="6" t="n">
         <v>84646</v>
       </c>
       <c r="F487" s="3" t="inlineStr">
         <is>
           <t>Англійська філологія та переклад</t>
         </is>
       </c>
       <c r="G487" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H487" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I487" s="9"/>
       <c r="J487" s="8" t="inlineStr">
         <is>
           <t>УД 02020059</t>
         </is>
       </c>
       <c r="K487" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B488" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C488" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D488" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E488" s="6" t="n">
         <v>79151</v>
       </c>
       <c r="F488" s="3" t="inlineStr">
         <is>
           <t>Філологія. Українська мова та література</t>
         </is>
       </c>
       <c r="G488" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H488" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I488" s="9"/>
       <c r="J488" s="8" t="inlineStr">
         <is>
           <t>УД 02020059</t>
         </is>
       </c>
       <c r="K488" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B489" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C489" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D489" s="3"/>
       <c r="E489" s="6" t="n">
         <v>82869</v>
       </c>
       <c r="F489" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво</t>
@@ -24397,183 +24403,191 @@
       <c r="C492" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D492" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E492" s="6" t="n">
         <v>87426</v>
       </c>
       <c r="F492" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G492" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H492" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I492" s="9"/>
+          <t>- 19794</t>
+        </is>
+      </c>
+      <c r="I492" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J492" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K492" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B493" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C493" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D493" s="3"/>
       <c r="E493" s="6" t="n">
         <v>82745</v>
       </c>
       <c r="F493" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G493" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H493" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I493" s="9"/>
+          <t>- 19791</t>
+        </is>
+      </c>
+      <c r="I493" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J493" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K493" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B494" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C494" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D494" s="3"/>
       <c r="E494" s="6" t="n">
         <v>82988</v>
       </c>
       <c r="F494" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G494" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H494" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I494" s="9"/>
+          <t>- 19793</t>
+        </is>
+      </c>
+      <c r="I494" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J494" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K494" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B495" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C495" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D495" s="3"/>
       <c r="E495" s="6" t="n">
         <v>79108</v>
       </c>
       <c r="F495" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G495" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H495" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I495" s="9"/>
+          <t>- 19792</t>
+        </is>
+      </c>
+      <c r="I495" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K495" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B496" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C496" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D496" s="3"/>
       <c r="E496" s="6" t="n">
@@ -24798,186 +24812,186 @@
       <c r="E501" s="6" t="n">
         <v>84852</v>
       </c>
       <c r="F501" s="3" t="inlineStr">
         <is>
           <t>Біологія. Фізіологія і біохімія рослин</t>
         </is>
       </c>
       <c r="G501" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H501" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I501" s="9"/>
       <c r="J501" s="8" t="inlineStr">
         <is>
           <t>УД 02020063</t>
         </is>
       </c>
       <c r="K501" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B502" s="8" t="inlineStr">
         <is>
           <t>E3</t>
         </is>
       </c>
       <c r="C502" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D502" s="3"/>
       <c r="E502" s="6" t="n">
         <v>84853</v>
       </c>
       <c r="F502" s="3" t="inlineStr">
         <is>
           <t>Хімія. Прикладна хімія</t>
         </is>
       </c>
       <c r="G502" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H502" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I502" s="9"/>
       <c r="J502" s="8" t="inlineStr">
         <is>
           <t>УД 02020062</t>
         </is>
       </c>
       <c r="K502" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B503" s="8" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
       <c r="C503" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D503" s="3"/>
       <c r="E503" s="6" t="n">
         <v>84854</v>
       </c>
       <c r="F503" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю. Конструктивна географія</t>
         </is>
       </c>
       <c r="G503" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I503" s="9"/>
       <c r="J503" s="8" t="inlineStr">
         <is>
           <t>УД 02020061</t>
         </is>
       </c>
       <c r="K503" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B504" s="8" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C504" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D504" s="3"/>
       <c r="E504" s="6" t="n">
         <v>83666</v>
       </c>
       <c r="F504" s="3" t="inlineStr">
         <is>
           <t>Математика. Математичне моделювання</t>
         </is>
       </c>
       <c r="G504" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H504" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I504" s="9"/>
       <c r="J504" s="8" t="inlineStr">
         <is>
           <t>УД 02020060</t>
         </is>
       </c>
       <c r="K504" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B505" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C505" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D505" s="3"/>
       <c r="E505" s="6" t="n">
         <v>82990</v>
       </c>
       <c r="F505" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -26023,51 +26037,51 @@
       <c r="I528" s="9"/>
       <c r="J528" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K528" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K528"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I171"/>
+  <dimension ref="A1:I146"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -26108,161 +26122,161 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -26289,51 +26303,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -26400,51 +26414,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -26585,51 +26599,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -26733,51 +26747,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -27079,51 +27093,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>48</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -27181,51 +27195,51 @@
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -27244,51 +27258,51 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
@@ -27446,84 +27460,84 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27590,54 +27604,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -27664,125 +27678,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27812,51 +27826,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -28108,125 +28122,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -28293,117 +28307,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -28425,51 +28439,51 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -28499,183 +28513,183 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -28730,51 +28744,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
@@ -28800,51 +28814,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -28866,51 +28880,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -28968,51 +28982,51 @@
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>57</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
@@ -29100,84 +29114,84 @@
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -29204,51 +29218,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -29718,51 +29732,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
@@ -29887,54 +29901,54 @@
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -29986,84 +30000,84 @@
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
+        <v>23</v>
+      </c>
+      <c r="F112" s="6" t="n">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -30184,51 +30198,51 @@
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -30244,1836 +30258,963 @@
       </c>
       <c r="E119" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D120" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D120" s="3" t="inlineStr">
+        <is>
+          <t>Історія</t>
+        </is>
+      </c>
       <c r="E120" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D121" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D121" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E121" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D122" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D122" s="3" t="inlineStr">
+        <is>
+          <t>Хімія</t>
+        </is>
+      </c>
       <c r="E122" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Журналістика</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
-[...2 lines deleted...]
-      <c r="D139" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D139" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E139" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D140" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D140" s="3" t="inlineStr">
+        <is>
+          <t>Хімія</t>
+        </is>
+      </c>
       <c r="E140" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
+        <v>15</v>
+      </c>
+      <c r="F142" s="6" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
-[...835 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I171"/>
+  <autoFilter ref="A1:I146"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>