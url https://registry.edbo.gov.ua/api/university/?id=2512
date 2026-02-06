--- v0 (2025-10-18)
+++ v1 (2026-02-06)
@@ -804,51 +804,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>51</v>
       </c>
       <c r="C3" s="7" t="n">