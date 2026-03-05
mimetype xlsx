--- v0 (2025-12-24)
+++ v1 (2026-03-05)
@@ -835,165 +835,165 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>52</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7436 Швачка
 7433 Кравець</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C8" s="7" t="n">