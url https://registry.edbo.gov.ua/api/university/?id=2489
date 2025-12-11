--- v0 (2025-10-18)
+++ v1 (2025-12-11)
@@ -1308,51 +1308,51 @@
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>40</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8169 Майстер з монтажу та обслуговування систем відновлювальної енергетики</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>34</v>
       </c>