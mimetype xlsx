--- v1 (2025-12-11)
+++ v2 (2026-02-13)
@@ -1239,51 +1239,51 @@
       </c>
       <c r="B4" s="6" t="n">
         <v>7</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7141 Маляр</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>1</v>
       </c>