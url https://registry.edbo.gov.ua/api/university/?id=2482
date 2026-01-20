--- v0 (2025-10-24)
+++ v1 (2026-01-20)
@@ -737,120 +737,120 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7423 Верстатник деревообробних верстатів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>37</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>