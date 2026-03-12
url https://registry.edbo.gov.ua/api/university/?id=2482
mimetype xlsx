--- v1 (2026-01-20)
+++ v2 (2026-03-12)
@@ -737,51 +737,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>14</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -806,51 +806,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>37</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>