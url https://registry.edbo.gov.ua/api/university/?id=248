--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -23,52 +23,52 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$230</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$194</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$233</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$195</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1149,51 +1149,51 @@
         <v>47300</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K230"/>
+  <dimension ref="A1:K233"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -6921,4278 +6921,4411 @@
           <t>НД 2488852</t>
         </is>
       </c>
       <c r="K136" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>48832</v>
+        <v>21087</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
+          <t>Управління ІТ проектами</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="7" t="inlineStr">
         <is>
           <t>НД 2488850</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>8848</v>
+        <v>48832</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I138" s="9"/>
       <c r="J138" s="7" t="inlineStr">
         <is>
-          <t>НД 2488851</t>
+          <t>НД 2488850</t>
         </is>
       </c>
       <c r="K138" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>9816</v>
+        <v>8848</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Спеціалізовані комп’ютерні системи</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="7" t="inlineStr">
         <is>
           <t>НД 2488851</t>
         </is>
       </c>
       <c r="K139" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>10744</v>
+        <v>9816</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Спеціалізовані комп’ютерні системи</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I140" s="9"/>
       <c r="J140" s="7" t="inlineStr">
         <is>
           <t>НД 2488851</t>
         </is>
       </c>
       <c r="K140" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>58163</v>
+        <v>10744</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="7" t="inlineStr">
         <is>
-          <t>УД 24016801</t>
+          <t>НД 2488851</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>48842</v>
+        <v>58163</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>IT Project Management</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="7" t="inlineStr">
         <is>
-          <t>- 3873</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I142" s="9"/>
       <c r="J142" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K142" s="9"/>
+          <t>УД 24016801</t>
+        </is>
+      </c>
+      <c r="K142" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>16560</v>
+        <v>48842</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Обробка металів за спецтехнологіями</t>
+          <t>IT Project Management</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>- 3873</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J143" s="7" t="inlineStr">
         <is>
-          <t>НД 2488853</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>22402</v>
+        <v>16560</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Обладнання переробних і харчових виробництв</t>
+          <t>Обробка металів за спецтехнологіями</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="7" t="inlineStr">
         <is>
-          <t>НД 2488854</t>
+          <t>НД 2488853</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>32396</v>
+        <v>22402</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Обладнання переробних і харчових виробництв</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="7" t="inlineStr">
         <is>
-          <t>- 2679</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I145" s="9"/>
       <c r="J145" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K145" s="9"/>
+          <t>НД 2488854</t>
+        </is>
+      </c>
+      <c r="K145" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>16557</v>
+        <v>32396</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I146" s="9"/>
+          <t>- 2679</t>
+        </is>
+      </c>
+      <c r="I146" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
-          <t>НД 2488855</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>59263</v>
+        <v>16557</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I147" s="9"/>
       <c r="J147" s="7" t="inlineStr">
         <is>
-          <t>УД 24016803</t>
+          <t>НД 2488855</t>
         </is>
       </c>
       <c r="K147" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>58168</v>
+        <v>59263</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Радіотехніка та робототехнічні системи</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="7" t="inlineStr">
         <is>
-          <t>УД 24016805</t>
+          <t>УД 24016803</t>
         </is>
       </c>
       <c r="K148" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>58172</v>
+        <v>58168</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
+          <t>Радіотехніка та робототехнічні системи</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="7" t="inlineStr">
         <is>
-          <t>УД 24016807</t>
+          <t>УД 24016805</t>
         </is>
       </c>
       <c r="K149" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>58175</v>
+        <v>58172</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та автоматизація</t>
+          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I150" s="9"/>
       <c r="J150" s="7" t="inlineStr">
         <is>
           <t>УД 24016807</t>
         </is>
       </c>
       <c r="K150" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>57295</v>
+        <v>58175</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Робототехнічні системи та автоматизація</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="7" t="inlineStr">
         <is>
-          <t>- 9849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I151" s="9"/>
       <c r="J151" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K151" s="9"/>
+          <t>УД 24016807</t>
+        </is>
+      </c>
+      <c r="K151" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>11432</v>
+        <v>57295</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I152" s="9"/>
+          <t>- 9849</t>
+        </is>
+      </c>
+      <c r="I152" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J152" s="7" t="inlineStr">
         <is>
-          <t>НД 2488862</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>23544</v>
+        <v>11432</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="7" t="inlineStr">
         <is>
-          <t>- 9854</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I153" s="9"/>
       <c r="J153" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K153" s="9"/>
+          <t>НД 2488862</t>
+        </is>
+      </c>
+      <c r="K153" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>23545</v>
+        <v>23544</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="7" t="inlineStr">
         <is>
-          <t>- 9872</t>
+          <t>- 9854</t>
         </is>
       </c>
       <c r="I154" s="9" t="n">
-        <v>47665</v>
+        <v>46015</v>
       </c>
       <c r="J154" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>58178</v>
+        <v>23545</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t>- 7081</t>
+          <t>- 9872</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>17045</v>
+        <v>58178</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I156" s="9"/>
+          <t>- 7081</t>
+        </is>
+      </c>
+      <c r="I156" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J156" s="7" t="inlineStr">
         <is>
-          <t>НД 2488863</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>20517</v>
+        <v>17045</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології (на автомобільному транспорті)</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="7" t="inlineStr">
         <is>
-          <t>- 6597</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I157" s="9"/>
       <c r="J157" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K157" s="9"/>
+          <t>НД 2488863</t>
+        </is>
+      </c>
+      <c r="K157" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="D158" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D158" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E158" s="6" t="n">
-        <v>66290</v>
+        <v>20517</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Політична філософія</t>
+          <t>Транспортні технології (на автомобільному транспорті)</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="7" t="inlineStr">
         <is>
-          <t>- 12043</t>
+          <t>- 6597</t>
         </is>
       </c>
       <c r="I158" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>66291</v>
+        <v>23546</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I159" s="9"/>
+          <t>- 225</t>
+        </is>
+      </c>
+      <c r="I159" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J159" s="7" t="inlineStr">
         <is>
-          <t>УД 24019522</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>66292</v>
+        <v>66290</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Політична філософія</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I160" s="9"/>
+          <t>- 12043</t>
+        </is>
+      </c>
+      <c r="I160" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J160" s="7" t="inlineStr">
         <is>
-          <t>УД 24019522</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E161" s="6" t="n">
-        <v>86621</v>
+        <v>66291</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K161" s="9"/>
+          <t>УД 24019522</t>
+        </is>
+      </c>
+      <c r="K161" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>86622</v>
+        <v>66292</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Дизайн і візуальна культура</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="7" t="inlineStr">
         <is>
-          <t>- 12041</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I162" s="9"/>
       <c r="J162" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K162" s="9"/>
+          <t>УД 24019522</t>
+        </is>
+      </c>
+      <c r="K162" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D163" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D163" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E163" s="6" t="n">
-        <v>66289</v>
+        <v>86621</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Історія, захист культурної спадщини та експертиза культурно-історичних цінностей</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H163" s="7" t="inlineStr">
         <is>
-          <t>- 12042</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I163" s="9"/>
       <c r="J163" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
-        <v>77932</v>
+        <v>86622</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Дизайн і візуальна культура</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t>- 14783</t>
+          <t>- 12041</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>85603</v>
+        <v>66289</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Соціально-політичні проєкти та аналітика</t>
+          <t>Історія, захист культурної спадщини та експертиза культурно-історичних цінностей</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I165" s="9"/>
+          <t>- 12042</t>
+        </is>
+      </c>
+      <c r="I165" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
-[...2 lines deleted...]
-      <c r="D166" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D166" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E166" s="6" t="n">
-        <v>66294</v>
+        <v>77932</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Облік і аудит</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I166" s="9"/>
+          <t>- 14783</t>
+        </is>
+      </c>
+      <c r="I166" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J166" s="7" t="inlineStr">
         <is>
-          <t>УД 24019523</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>66295</v>
+        <v>85603</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Фінанси і кредит</t>
+          <t>Соціально-політичні проєкти та аналітика</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
-          <t>- 12047</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I167" s="9"/>
       <c r="J167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>66296</v>
+        <v>88247</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Соціальна психологія та лідерство</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I168" s="9"/>
       <c r="J168" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>66297</v>
+        <v>66294</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
+          <t>УД 24019523</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>66298</v>
+        <v>66295</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та економіка підприємства</t>
+          <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
-          <t>- 12049</t>
+          <t>- 12047</t>
         </is>
       </c>
       <c r="I170" s="9" t="n">
         <v>48396</v>
       </c>
       <c r="J170" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>66299</v>
+        <v>66296</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Управління інноваційною діяльністю</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I171" s="9"/>
       <c r="J171" s="7" t="inlineStr">
         <is>
           <t>УД 24019524</t>
         </is>
       </c>
       <c r="K171" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>66300</v>
+        <v>66297</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="7" t="inlineStr">
         <is>
-          <t>- 12045</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I172" s="9"/>
       <c r="J172" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K172" s="9"/>
+          <t>УД 24019524</t>
+        </is>
+      </c>
+      <c r="K172" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>66301</v>
+        <v>66298</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Правосуддя</t>
+          <t>Підприємництво та економіка підприємства</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="7" t="inlineStr">
         <is>
-          <t>- 12050</t>
+          <t>- 12049</t>
         </is>
       </c>
       <c r="I173" s="9" t="n">
-        <v>46036</v>
+        <v>48396</v>
       </c>
       <c r="J173" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K173" s="9"/>
+          <t>УД 24019524</t>
+        </is>
+      </c>
+      <c r="K173" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>66302</v>
+        <v>66299</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Управління інноваційною діяльністю</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="7" t="inlineStr">
         <is>
-          <t>- 12051</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I174" s="9"/>
       <c r="J174" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K174" s="9"/>
+          <t>УД 24019524</t>
+        </is>
+      </c>
+      <c r="K174" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>E8</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Статистика</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>66303</v>
+        <v>66300</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Аналіз даних (Data Science) та комп’ютерна статистика</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I175" s="9"/>
+          <t>- 12045</t>
+        </is>
+      </c>
+      <c r="I175" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>66304</v>
+        <v>66301</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Правосуддя</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I176" s="9"/>
+          <t>- 12050</t>
+        </is>
+      </c>
+      <c r="I176" s="9" t="n">
+        <v>46036</v>
+      </c>
       <c r="J176" s="7" t="inlineStr">
         <is>
-          <t>УД 24019525</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>66305</v>
+        <v>66302</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
+          <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I177" s="9"/>
+          <t>- 12051</t>
+        </is>
+      </c>
+      <c r="I177" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J177" s="7" t="inlineStr">
         <is>
-          <t>УД 24019526</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>E8</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Статистика</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>66306</v>
+        <v>66303</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Аналіз даних (Data Science) та комп’ютерна статистика</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I178" s="9"/>
       <c r="J178" s="7" t="inlineStr">
         <is>
-          <t>УД 24019528</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>66307</v>
+        <v>66304</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>IT Project Management</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
-          <t>- 12052</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I179" s="9"/>
       <c r="J179" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K179" s="9"/>
+          <t>УД 24019525</t>
+        </is>
+      </c>
+      <c r="K179" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>66308</v>
+        <v>66305</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I180" s="9"/>
       <c r="J180" s="7" t="inlineStr">
         <is>
-          <t>УД 24019527</t>
+          <t>УД 24019526</t>
         </is>
       </c>
       <c r="K180" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>66309</v>
+        <v>66306</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I181" s="9"/>
       <c r="J181" s="7" t="inlineStr">
         <is>
-          <t>УД 24019527</t>
+          <t>УД 24019528</t>
         </is>
       </c>
       <c r="K181" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>66311</v>
+        <v>66307</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Спеціалізовані комп’ютерні системи</t>
+          <t>IT Project Management</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H182" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I182" s="9"/>
+          <t>- 12052</t>
+        </is>
+      </c>
+      <c r="I182" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J182" s="7" t="inlineStr">
         <is>
-          <t>УД 24019527</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K182" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>66779</v>
+        <v>66308</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="7" t="inlineStr">
         <is>
-          <t>УД 24019530</t>
+          <t>УД 24019527</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>77444</v>
+        <v>66309</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Обладнання переробних і харчових виробництв</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I184" s="9"/>
       <c r="J184" s="7" t="inlineStr">
         <is>
-          <t>УД 24019764</t>
+          <t>УД 24019527</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>66786</v>
+        <v>66311</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Спеціалізовані комп’ютерні системи</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="7" t="inlineStr">
         <is>
-          <t>- 12054</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I185" s="9"/>
       <c r="J185" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K185" s="9"/>
+          <t>УД 24019527</t>
+        </is>
+      </c>
+      <c r="K185" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>66787</v>
+        <v>66779</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I186" s="9"/>
       <c r="J186" s="7" t="inlineStr">
         <is>
-          <t>УД 24019533</t>
+          <t>УД 24019530</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
-[...2 lines deleted...]
-      <c r="D187" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D187" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E187" s="6" t="n">
-        <v>66780</v>
+        <v>77444</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Обладнання переробних і харчових виробництв</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
-          <t>- 12053</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I187" s="9"/>
       <c r="J187" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K187" s="9"/>
+          <t>УД 24019764</t>
+        </is>
+      </c>
+      <c r="K187" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Харчові технології</t>
+        </is>
+      </c>
+      <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>77443</v>
+        <v>66786</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I188" s="9"/>
+          <t>- 12054</t>
+        </is>
+      </c>
+      <c r="I188" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J188" s="7" t="inlineStr">
         <is>
-          <t>УД 24019766</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>66781</v>
+        <v>66787</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
-          <t>УД 24019531</t>
+          <t>УД 24019533</t>
         </is>
       </c>
       <c r="K189" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>66782</v>
+        <v>66780</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I190" s="9"/>
+          <t>- 12053</t>
+        </is>
+      </c>
+      <c r="I190" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J190" s="7" t="inlineStr">
         <is>
-          <t>УД 24019532</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
-[...2 lines deleted...]
-      <c r="D191" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D191" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E191" s="6" t="n">
-        <v>66783</v>
+        <v>77443</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та автоматизація</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I191" s="9"/>
       <c r="J191" s="7" t="inlineStr">
         <is>
-          <t>УД 24019532</t>
+          <t>УД 24019766</t>
         </is>
       </c>
       <c r="K191" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>86092</v>
+        <v>66781</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I192" s="9"/>
       <c r="J192" s="7" t="inlineStr">
         <is>
-          <t>УД 24019529</t>
+          <t>УД 24019531</t>
         </is>
       </c>
       <c r="K192" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>66788</v>
+        <v>66782</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t>- 12055</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I193" s="9"/>
       <c r="J193" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K193" s="9"/>
+          <t>УД 24019532</t>
+        </is>
+      </c>
+      <c r="K193" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>66789</v>
+        <v>66783</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Робототехнічні системи та автоматизація</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
-          <t>- 12056</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I194" s="9"/>
       <c r="J194" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K194" s="9"/>
+          <t>УД 24019532</t>
+        </is>
+      </c>
+      <c r="K194" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>66790</v>
+        <v>86092</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
-          <t>- 12057</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I195" s="9"/>
       <c r="J195" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K195" s="9"/>
+          <t>УД 24019529</t>
+        </is>
+      </c>
+      <c r="K195" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>66791</v>
+        <v>66788</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I196" s="9"/>
+          <t>- 12055</t>
+        </is>
+      </c>
+      <c r="I196" s="9" t="n">
+        <v>46015</v>
+      </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
-          <t>УД 24019534</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>66792</v>
+        <v>66789</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології (на автомобільному транспорті)</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>- 12058</t>
+          <t>- 12056</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J197" s="7" t="inlineStr">
         <is>
-          <t>УД 24019534</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>42679</v>
+        <v>66790</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Політична філософія</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>- 3158</t>
+          <t>- 12057</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>42681</v>
+        <v>66791</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t>- 2133</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I199" s="9"/>
       <c r="J199" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K199" s="9"/>
+          <t>УД 24019534</t>
+        </is>
+      </c>
+      <c r="K199" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>62187</v>
+        <v>66792</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Транспортні технології (на автомобільному транспорті)</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I200" s="9"/>
+          <t>- 12058</t>
+        </is>
+      </c>
+      <c r="I200" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J200" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K200" s="9"/>
+          <t>УД 24019534</t>
+        </is>
+      </c>
+      <c r="K200" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>42682</v>
+        <v>42679</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Політична філософія</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>- 2154</t>
+          <t>- 3158</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>42683</v>
+        <v>42681</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t>- 13815</t>
+          <t>- 2133</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>51836</v>
+        <v>62187</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>- 3125</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>42686</v>
+        <v>42682</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
-          <t>- 2214</t>
+          <t>- 2154</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>53129</v>
+        <v>42683</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I205" s="9"/>
+          <t>- 13815</t>
+        </is>
+      </c>
+      <c r="I205" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>58166</v>
+        <v>51836</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I206" s="9"/>
+          <t>- 3125</t>
+        </is>
+      </c>
+      <c r="I206" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>42691</v>
+        <v>42686</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t>- 5054</t>
+          <t>- 2214</t>
         </is>
       </c>
       <c r="I207" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>42695</v>
+        <v>53129</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Лазерні технології та процеси фізико-технічної обробки</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 12292</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I208" s="9"/>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>56044</v>
+        <v>58166</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I209" s="9"/>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>42697</v>
+        <v>42691</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t>- 16438</t>
+          <t>- 5054</t>
         </is>
       </c>
       <c r="I210" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>42699</v>
+        <v>42695</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Лазерні технології та процеси фізико-технічної обробки</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I211" s="9"/>
+          <t>- 12292</t>
+        </is>
+      </c>
+      <c r="I211" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>59264</v>
+        <v>56044</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I212" s="9"/>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>58176</v>
+        <v>42697</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та автоматизація</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I213" s="9"/>
+          <t>- 16438</t>
+        </is>
+      </c>
+      <c r="I213" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>62207</v>
+        <v>42699</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I214" s="9"/>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>52706</v>
+        <v>59264</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I215" s="9"/>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>58179</v>
+        <v>58176</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Робототехнічні системи та автоматизація</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>66800</v>
+        <v>62207</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Політична філософія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t>- 12059</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I217" s="9"/>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>66801</v>
+        <v>52706</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t>- 12060</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>66802</v>
+        <v>58179</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>66803</v>
+        <v>66800</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Політична філософія</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
-          <t>- 12061</t>
+          <t>- 12059</t>
         </is>
       </c>
       <c r="I220" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>66804</v>
+        <v>66801</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
-          <t>- 17244</t>
+          <t>- 12060</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>66805</v>
+        <v>66802</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t>- 12062</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I222" s="9"/>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>66806</v>
+        <v>66803</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I223" s="9"/>
+          <t>- 12061</t>
+        </is>
+      </c>
+      <c r="I223" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K223" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>66807</v>
+        <v>66804</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
-          <t>- 12064</t>
+          <t>- 17244</t>
         </is>
       </c>
       <c r="I224" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>66808</v>
+        <v>66805</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
-          <t>- 12063</t>
+          <t>- 12062</t>
         </is>
       </c>
       <c r="I225" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>66809</v>
+        <v>66806</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I226" s="9"/>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>66812</v>
+        <v>66807</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I227" s="9"/>
+          <t>- 12064</t>
+        </is>
+      </c>
+      <c r="I227" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>66810</v>
+        <v>66808</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та автоматизація</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I228" s="9"/>
+          <t>- 12063</t>
+        </is>
+      </c>
+      <c r="I228" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>66811</v>
+        <v>66809</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Лазерні технології та процеси фізико-технічної обробки</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>- 14784</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I229" s="9"/>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>66814</v>
+        <v>66812</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I230" s="9"/>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B231" s="7" t="inlineStr">
+        <is>
+          <t>G7</t>
+        </is>
+      </c>
+      <c r="C231" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+        </is>
+      </c>
+      <c r="D231" s="3"/>
+      <c r="E231" s="6" t="n">
+        <v>66810</v>
+      </c>
+      <c r="F231" s="3" t="inlineStr">
+        <is>
+          <t>Робототехнічні системи та автоматизація</t>
+        </is>
+      </c>
+      <c r="G231" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H231" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I231" s="9"/>
+      <c r="J231" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K231" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B232" s="7" t="inlineStr">
+        <is>
+          <t>G9</t>
+        </is>
+      </c>
+      <c r="C232" s="3" t="inlineStr">
+        <is>
+          <t>Прикладна механіка</t>
+        </is>
+      </c>
+      <c r="D232" s="3"/>
+      <c r="E232" s="6" t="n">
+        <v>66811</v>
+      </c>
+      <c r="F232" s="3" t="inlineStr">
+        <is>
+          <t>Лазерні технології та процеси фізико-технічної обробки</t>
+        </is>
+      </c>
+      <c r="G232" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H232" s="7" t="inlineStr">
+        <is>
+          <t>- 14784</t>
+        </is>
+      </c>
+      <c r="I232" s="9" t="n">
+        <v>47665</v>
+      </c>
+      <c r="J232" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K232" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B233" s="7" t="inlineStr">
+        <is>
+          <t>J3</t>
+        </is>
+      </c>
+      <c r="C233" s="3" t="inlineStr">
+        <is>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D233" s="3"/>
+      <c r="E233" s="6" t="n">
+        <v>66814</v>
+      </c>
+      <c r="F233" s="3" t="inlineStr">
+        <is>
+          <t>Туризм</t>
+        </is>
+      </c>
+      <c r="G233" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H233" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I233" s="9"/>
+      <c r="J233" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K233" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K230"/>
+  <autoFilter ref="A1:K233"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I194"/>
+  <dimension ref="A1:I195"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11344,51 +11477,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -11624,150 +11757,150 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>69</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -12556,51 +12689,51 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -12803,51 +12936,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Промисловий дизайн</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -13042,51 +13175,51 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -13207,87 +13340,87 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>86</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -13471,54 +13604,54 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
@@ -13570,84 +13703,84 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -13672,81 +13805,81 @@
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>45</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -13933,87 +14066,87 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>80</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
@@ -14032,51 +14165,51 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -14131,51 +14264,51 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -14230,51 +14363,51 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -14296,51 +14429,51 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -15013,51 +15146,51 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -15281,51 +15414,51 @@
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -15887,51 +16020,51 @@
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -15986,51 +16119,51 @@
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -16052,84 +16185,84 @@
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Статистика</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -16382,54 +16515,54 @@
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
@@ -16448,51 +16581,51 @@
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -16701,1039 +16834,1072 @@
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F180" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F183" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F185" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F186" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F189" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F190" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F191" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F194" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G194" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H194" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I194" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B195" s="7" t="inlineStr">
+        <is>
+          <t>242</t>
+        </is>
+      </c>
+      <c r="C195" s="3" t="inlineStr">
+        <is>
+          <t>Туризм і рекреація</t>
+        </is>
+      </c>
+      <c r="D195" s="3"/>
+      <c r="E195" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="F195" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="G194" s="6" t="n">
-[...5 lines deleted...]
-      <c r="I194" s="6" t="n">
+      <c r="G195" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H195" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I194"/>
+  <autoFilter ref="A1:I195"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>