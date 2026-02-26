--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -23,52 +23,52 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$233</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$195</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$214</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$168</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1038,94 +1038,92 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Правосуддя</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
-          <t> 12050</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H8" s="9"/>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Правосуддя</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
-          <t> 10104</t>
+          <t> 19525</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46036</v>
+        <v>46379</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.06.2022 № 115-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
@@ -1149,51 +1147,51 @@
         <v>47300</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K233"/>
+  <dimension ref="A1:K214"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -3701,55 +3699,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>9110</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
-          <t>- 1556</t>
+          <t>- 19765</t>
         </is>
       </c>
       <c r="I61" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D62" s="3"/>
@@ -6095,5237 +6093,4378 @@
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...2 lines deleted...]
-      <c r="D119" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D119" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+        </is>
+      </c>
       <c r="E119" s="6" t="n">
-        <v>57294</v>
+        <v>39794</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Дизайн і візуальна культура</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="7" t="inlineStr">
         <is>
-          <t>- 10425</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K119" s="9"/>
+          <t>НД 2488841</t>
+        </is>
+      </c>
+      <c r="K119" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>32251</v>
+        <v>10543</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Історія, музеєзнавство та експертиза культурно-історичних цінностей</t>
+          <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="7" t="inlineStr">
         <is>
-          <t>- 6836</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K120" s="9"/>
+          <t>НД 2488845</t>
+        </is>
+      </c>
+      <c r="K120" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>20418</v>
+        <v>12144</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Політична філософія</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="7" t="inlineStr">
         <is>
-          <t>- 6845</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I121" s="9"/>
       <c r="J121" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K121" s="9"/>
+          <t>НД 2488846</t>
+        </is>
+      </c>
+      <c r="K121" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>39794</v>
+        <v>17023</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="7" t="inlineStr">
         <is>
-          <t>НД 2488841</t>
+          <t>НД 2488846</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Підприємництво та торгівля</t>
+        </is>
+      </c>
+      <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>32394</v>
+        <v>58161</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Підприємництво та економіка підприємства</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I123" s="9"/>
+          <t>- 12048</t>
+        </is>
+      </c>
+      <c r="I123" s="9" t="n">
+        <v>48396</v>
+      </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
-          <t>НД 2488841</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>9325</v>
+        <v>52655</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Правосуддя</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="7" t="inlineStr">
         <is>
-          <t>- 12218</t>
+          <t>- 19525</t>
         </is>
       </c>
       <c r="I124" s="9" t="n">
-        <v>47665</v>
+        <v>46379</v>
       </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>112</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Статистика</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>10543</v>
+        <v>63169</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Облік і аудит</t>
+          <t>Аналіз даних (Data Science) та комп’ютерна статистика</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I125" s="9"/>
+          <t>- 19521</t>
+        </is>
+      </c>
+      <c r="I125" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J125" s="7" t="inlineStr">
         <is>
-          <t>НД 2488845</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>58159</v>
+        <v>48832</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Фінанси і кредит</t>
+          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="7" t="inlineStr">
         <is>
-          <t>- 12046</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I126" s="9"/>
       <c r="J126" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K126" s="9"/>
+          <t>НД 2488850</t>
+        </is>
+      </c>
+      <c r="K126" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>10258</v>
+        <v>8848</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Управління інноваційною діяльністю</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I127" s="9"/>
       <c r="J127" s="7" t="inlineStr">
         <is>
-          <t>НД 2488846</t>
+          <t>НД 2488851</t>
         </is>
       </c>
       <c r="K127" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>12144</v>
+        <v>10744</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I128" s="9"/>
       <c r="J128" s="7" t="inlineStr">
         <is>
-          <t>НД 2488846</t>
+          <t>НД 2488851</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>16559</v>
+        <v>58163</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I129" s="9"/>
       <c r="J129" s="7" t="inlineStr">
         <is>
-          <t>НД 2488846</t>
+          <t>УД 24016801</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>17023</v>
+        <v>22402</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Обладнання переробних і харчових виробництв</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I130" s="9"/>
       <c r="J130" s="7" t="inlineStr">
         <is>
-          <t>НД 2488846</t>
+          <t>НД 2488854</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>20420</v>
+        <v>16557</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t>- 11190</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I131" s="9"/>
       <c r="J131" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K131" s="9"/>
+          <t>НД 2488855</t>
+        </is>
+      </c>
+      <c r="K131" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>58161</v>
+        <v>59263</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та економіка підприємства</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="7" t="inlineStr">
         <is>
-          <t>- 12048</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I132" s="9"/>
       <c r="J132" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K132" s="9"/>
+          <t>УД 24016803</t>
+        </is>
+      </c>
+      <c r="K132" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>52655</v>
+        <v>58168</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Правосуддя</t>
+          <t>Радіотехніка та робототехнічні системи</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
-          <t>- 10104</t>
+          <t>- 19736</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
-        <v>46036</v>
+        <v>48030</v>
       </c>
       <c r="J133" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K133" s="9"/>
+          <t>УД 24016805</t>
+        </is>
+      </c>
+      <c r="K133" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>10911</v>
+        <v>58172</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="7" t="inlineStr">
         <is>
-          <t>- 2743</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I134" s="9"/>
       <c r="J134" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K134" s="9"/>
+          <t>УД 24016807</t>
+        </is>
+      </c>
+      <c r="K134" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Статистика</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>63169</v>
+        <v>11432</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Аналіз даних (Data Science) та комп’ютерна статистика</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K135" s="9"/>
+          <t>НД 2488862</t>
+        </is>
+      </c>
+      <c r="K135" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>16970</v>
+        <v>23544</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I136" s="9"/>
+          <t>- 19551</t>
+        </is>
+      </c>
+      <c r="I136" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J136" s="7" t="inlineStr">
         <is>
-          <t>НД 2488852</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>21087</v>
+        <v>17045</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Управління ІТ проектами</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I137" s="9"/>
+          <t>- 19786</t>
+        </is>
+      </c>
+      <c r="I137" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J137" s="7" t="inlineStr">
         <is>
-          <t>НД 2488850</t>
+          <t>НД 2488863</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D138" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D138" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E138" s="6" t="n">
-        <v>48832</v>
+        <v>20517</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
+          <t>Транспортні технології (на автомобільному транспорті)</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I138" s="9"/>
+          <t>- 6597</t>
+        </is>
+      </c>
+      <c r="I138" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J138" s="7" t="inlineStr">
         <is>
-          <t>НД 2488850</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>8848</v>
+        <v>23546</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I139" s="9"/>
+          <t>- 225</t>
+        </is>
+      </c>
+      <c r="I139" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J139" s="7" t="inlineStr">
         <is>
-          <t>НД 2488851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>9816</v>
+        <v>66290</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Спеціалізовані комп’ютерні системи</t>
+          <t>Політична філософія</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I140" s="9"/>
+          <t>- 12043</t>
+        </is>
+      </c>
+      <c r="I140" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J140" s="7" t="inlineStr">
         <is>
-          <t>НД 2488851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
-[...2 lines deleted...]
-      <c r="D141" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D141" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+        </is>
+      </c>
       <c r="E141" s="6" t="n">
-        <v>10744</v>
+        <v>66291</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="7" t="inlineStr">
         <is>
-          <t>НД 2488851</t>
+          <t>УД 24019522</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
-[...2 lines deleted...]
-      <c r="D142" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D142" s="3" t="inlineStr">
+        <is>
+          <t>Прикладна лінгвістика</t>
+        </is>
+      </c>
       <c r="E142" s="6" t="n">
-        <v>58163</v>
+        <v>66292</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I142" s="9"/>
       <c r="J142" s="7" t="inlineStr">
         <is>
-          <t>УД 24016801</t>
+          <t>УД 24019522</t>
         </is>
       </c>
       <c r="K142" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
-[...2 lines deleted...]
-      <c r="D143" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D143" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E143" s="6" t="n">
-        <v>48842</v>
+        <v>86621</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>IT Project Management</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t>- 3873</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I143" s="9"/>
       <c r="J143" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
-[...2 lines deleted...]
-      <c r="D144" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D144" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн середовища</t>
+        </is>
+      </c>
       <c r="E144" s="6" t="n">
-        <v>16560</v>
+        <v>86622</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Обробка металів за спецтехнологіями</t>
+          <t>Дизайн і візуальна культура</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I144" s="9"/>
+          <t>- 12041</t>
+        </is>
+      </c>
+      <c r="I144" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J144" s="7" t="inlineStr">
         <is>
-          <t>НД 2488853</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>22402</v>
+        <v>66289</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Обладнання переробних і харчових виробництв</t>
+          <t>Історія, захист культурної спадщини та експертиза культурно-історичних цінностей</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I145" s="9"/>
+          <t>- 12042</t>
+        </is>
+      </c>
+      <c r="I145" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J145" s="7" t="inlineStr">
         <is>
-          <t>НД 2488854</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
-[...2 lines deleted...]
-      <c r="D146" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D146" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E146" s="6" t="n">
-        <v>32396</v>
+        <v>77932</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="7" t="inlineStr">
         <is>
-          <t>- 2679</t>
+          <t>- 14783</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>16557</v>
+        <v>85603</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Соціально-політичні проєкти та аналітика</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I147" s="9"/>
       <c r="J147" s="7" t="inlineStr">
         <is>
-          <t>НД 2488855</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>59263</v>
+        <v>88247</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Соціальна психологія та лідерство</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="7" t="inlineStr">
         <is>
-          <t>УД 24016803</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>58168</v>
+        <v>66294</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Радіотехніка та робототехнічні системи</t>
+          <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="7" t="inlineStr">
         <is>
-          <t>УД 24016805</t>
+          <t>УД 24019523</t>
         </is>
       </c>
       <c r="K149" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>58172</v>
+        <v>66295</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
+          <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I150" s="9"/>
+          <t>- 12047</t>
+        </is>
+      </c>
+      <c r="I150" s="9" t="n">
+        <v>48396</v>
+      </c>
       <c r="J150" s="7" t="inlineStr">
         <is>
-          <t>УД 24016807</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>58175</v>
+        <v>66296</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та автоматизація</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I151" s="9"/>
       <c r="J151" s="7" t="inlineStr">
         <is>
-          <t>УД 24016807</t>
+          <t>УД 24019524</t>
         </is>
       </c>
       <c r="K151" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>57295</v>
+        <v>66297</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="7" t="inlineStr">
         <is>
-          <t>- 9849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I152" s="9"/>
       <c r="J152" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K152" s="9"/>
+          <t>УД 24019524</t>
+        </is>
+      </c>
+      <c r="K152" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>11432</v>
+        <v>66298</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Підприємництво та економіка підприємства</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I153" s="9"/>
+          <t>- 12049</t>
+        </is>
+      </c>
+      <c r="I153" s="9" t="n">
+        <v>48396</v>
+      </c>
       <c r="J153" s="7" t="inlineStr">
         <is>
-          <t>НД 2488862</t>
+          <t>УД 24019524</t>
         </is>
       </c>
       <c r="K153" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>23544</v>
+        <v>66299</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Управління інноваційною діяльністю</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="7" t="inlineStr">
         <is>
-          <t>- 9854</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I154" s="9"/>
       <c r="J154" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K154" s="9"/>
+          <t>УД 24019524</t>
+        </is>
+      </c>
+      <c r="K154" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>23545</v>
+        <v>66300</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t>- 9872</t>
+          <t>- 12045</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>58178</v>
+        <v>66301</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Правосуддя</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="7" t="inlineStr">
         <is>
-          <t>- 7081</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I156" s="9"/>
       <c r="J156" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>17045</v>
+        <v>66302</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I157" s="9"/>
+          <t>- 12051</t>
+        </is>
+      </c>
+      <c r="I157" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J157" s="7" t="inlineStr">
         <is>
-          <t>НД 2488863</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>E8</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Статистика</t>
+        </is>
+      </c>
+      <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>20517</v>
+        <v>66303</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології (на автомобільному транспорті)</t>
+          <t>Аналіз даних (Data Science) та комп’ютерна статистика</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="7" t="inlineStr">
         <is>
-          <t>- 6597</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I158" s="9"/>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>23546</v>
+        <v>66304</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t>- 225</t>
-[...2 lines deleted...]
-      <c r="I159" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I159" s="9"/>
+      <c r="J159" s="7" t="inlineStr">
+        <is>
+          <t>УД 24019525</t>
+        </is>
+      </c>
+      <c r="K159" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J159" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>66290</v>
+        <v>66305</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Політична філософія</t>
+          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="7" t="inlineStr">
         <is>
-          <t>- 12043</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I160" s="9"/>
       <c r="J160" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K160" s="9"/>
+          <t>УД 24019526</t>
+        </is>
+      </c>
+      <c r="K160" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Кібербезпека та захист інформації</t>
+        </is>
+      </c>
+      <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>66291</v>
+        <v>66306</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
-          <t>УД 24019522</t>
+          <t>УД 24019528</t>
         </is>
       </c>
       <c r="K161" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інформаційні системи і технології</t>
+        </is>
+      </c>
+      <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>66292</v>
+        <v>66307</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>IT Project Management</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I162" s="9"/>
+          <t>- 12052</t>
+        </is>
+      </c>
+      <c r="I162" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J162" s="7" t="inlineStr">
         <is>
-          <t>УД 24019522</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>86621</v>
+        <v>66308</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H163" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I163" s="9"/>
       <c r="J163" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K163" s="9"/>
+          <t>УД 24019527</t>
+        </is>
+      </c>
+      <c r="K163" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>86622</v>
+        <v>66309</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Дизайн і візуальна культура</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t>- 12041</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I164" s="9"/>
       <c r="J164" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K164" s="9"/>
+          <t>УД 24019527</t>
+        </is>
+      </c>
+      <c r="K164" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>66289</v>
+        <v>66311</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Історія, захист культурної спадщини та експертиза культурно-історичних цінностей</t>
+          <t>Спеціалізовані комп’ютерні системи</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t>- 12042</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I165" s="9"/>
       <c r="J165" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K165" s="9"/>
+          <t>УД 24019527</t>
+        </is>
+      </c>
+      <c r="K165" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хімічні технології та інженерія</t>
+        </is>
+      </c>
+      <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>77932</v>
+        <v>66779</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
-          <t>- 14783</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I166" s="9"/>
       <c r="J166" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K166" s="9"/>
+          <t>УД 24019530</t>
+        </is>
+      </c>
+      <c r="K166" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D167" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D167" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E167" s="6" t="n">
-        <v>85603</v>
+        <v>77444</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Соціально-політичні проєкти та аналітика</t>
+          <t>Обладнання переробних і харчових виробництв</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I167" s="9"/>
       <c r="J167" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K167" s="9"/>
+          <t>УД 24019764</t>
+        </is>
+      </c>
+      <c r="K167" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>88247</v>
+        <v>66786</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Соціальна психологія та лідерство</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I168" s="9"/>
+          <t>- 12054</t>
+        </is>
+      </c>
+      <c r="I168" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>66294</v>
+        <v>66787</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Облік і аудит</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
-          <t>УД 24019523</t>
+          <t>УД 24019533</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>66295</v>
+        <v>66780</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Фінанси і кредит</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
-          <t>- 12047</t>
+          <t>- 12053</t>
         </is>
       </c>
       <c r="I170" s="9" t="n">
-        <v>48396</v>
+        <v>46569</v>
       </c>
       <c r="J170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...2 lines deleted...]
-      <c r="D171" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D171" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E171" s="6" t="n">
-        <v>66296</v>
+        <v>77443</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I171" s="9"/>
       <c r="J171" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
+          <t>УД 24019766</t>
         </is>
       </c>
       <c r="K171" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>66297</v>
+        <v>66781</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I172" s="9"/>
       <c r="J172" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
+          <t>УД 24019531</t>
         </is>
       </c>
       <c r="K172" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>66298</v>
+        <v>66782</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та економіка підприємства</t>
+          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="7" t="inlineStr">
         <is>
-          <t>- 12049</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I173" s="9"/>
       <c r="J173" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
+          <t>УД 24019532</t>
         </is>
       </c>
       <c r="K173" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>66299</v>
+        <v>66783</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Управління інноваційною діяльністю</t>
+          <t>Робототехнічні системи та автоматизація</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I174" s="9"/>
       <c r="J174" s="7" t="inlineStr">
         <is>
-          <t>УД 24019524</t>
+          <t>УД 24019532</t>
         </is>
       </c>
       <c r="K174" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>66300</v>
+        <v>86092</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
-          <t>- 12045</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I175" s="9"/>
       <c r="J175" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K175" s="9"/>
+          <t>УД 24019529</t>
+        </is>
+      </c>
+      <c r="K175" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>66301</v>
+        <v>66788</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Правосуддя</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t>- 12050</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I176" s="9"/>
       <c r="J176" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>66302</v>
+        <v>66789</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
-          <t>- 12051</t>
+          <t>- 12056</t>
         </is>
       </c>
       <c r="I177" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J177" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>E8</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Статистика</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>66303</v>
+        <v>66790</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Аналіз даних (Data Science) та комп’ютерна статистика</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I178" s="9"/>
+          <t>- 12057</t>
+        </is>
+      </c>
+      <c r="I178" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>66304</v>
+        <v>66791</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I179" s="9"/>
       <c r="J179" s="7" t="inlineStr">
         <is>
-          <t>УД 24019525</t>
+          <t>УД 24019534</t>
         </is>
       </c>
       <c r="K179" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>66305</v>
+        <v>66792</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Управління стартапами і проектами в галузі інформаційних технологій</t>
+          <t>Транспортні технології (на автомобільному транспорті)</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I180" s="9"/>
+          <t>- 12058</t>
+        </is>
+      </c>
+      <c r="I180" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J180" s="7" t="inlineStr">
         <is>
-          <t>УД 24019526</t>
+          <t>УД 24019534</t>
         </is>
       </c>
       <c r="K180" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>66306</v>
+        <v>42679</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Політична філософія</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H181" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I181" s="9"/>
+          <t>- 3158</t>
+        </is>
+      </c>
+      <c r="I181" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J181" s="7" t="inlineStr">
         <is>
-          <t>УД 24019528</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>66307</v>
+        <v>42681</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>IT Project Management</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H182" s="7" t="inlineStr">
         <is>
-          <t>- 12052</t>
+          <t>- 2133</t>
         </is>
       </c>
       <c r="I182" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J182" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K182" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>66308</v>
+        <v>62187</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="7" t="inlineStr">
         <is>
-          <t>УД 24019527</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K183" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>66309</v>
+        <v>42682</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I184" s="9"/>
+          <t>- 2154</t>
+        </is>
+      </c>
+      <c r="I184" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J184" s="7" t="inlineStr">
         <is>
-          <t>УД 24019527</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K184" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>66311</v>
+        <v>42683</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Спеціалізовані комп’ютерні системи</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H185" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I185" s="9"/>
+          <t>- 13815</t>
+        </is>
+      </c>
+      <c r="I185" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J185" s="7" t="inlineStr">
         <is>
-          <t>УД 24019527</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K185" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>66779</v>
+        <v>51836</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I186" s="9"/>
+          <t>- 3125</t>
+        </is>
+      </c>
+      <c r="I186" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J186" s="7" t="inlineStr">
         <is>
-          <t>УД 24019530</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K186" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп’ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>77444</v>
+        <v>42686</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Обладнання переробних і харчових виробництв</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I187" s="9"/>
+          <t>- 2214</t>
+        </is>
+      </c>
+      <c r="I187" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J187" s="7" t="inlineStr">
         <is>
-          <t>УД 24019764</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>66786</v>
+        <v>53129</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H188" s="7" t="inlineStr">
         <is>
-          <t>- 12054</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I188" s="9"/>
       <c r="J188" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>66787</v>
+        <v>58166</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
-          <t>УД 24019533</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>66780</v>
+        <v>42691</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H190" s="7" t="inlineStr">
         <is>
-          <t>- 12053</t>
+          <t>- 5054</t>
         </is>
       </c>
       <c r="I190" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J190" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна механіка</t>
+        </is>
+      </c>
+      <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>77443</v>
+        <v>42695</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Лазерні технології та процеси фізико-технічної обробки</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I191" s="9"/>
+          <t>- 12292</t>
+        </is>
+      </c>
+      <c r="I191" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
-          <t>УД 24019766</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>66781</v>
+        <v>56044</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I192" s="9"/>
       <c r="J192" s="7" t="inlineStr">
         <is>
-          <t>УД 24019531</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>66782</v>
+        <v>42697</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I193" s="9"/>
+          <t>- 16438</t>
+        </is>
+      </c>
+      <c r="I193" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J193" s="7" t="inlineStr">
         <is>
-          <t>УД 24019532</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>66783</v>
+        <v>42699</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та автоматизація</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I194" s="9"/>
       <c r="J194" s="7" t="inlineStr">
         <is>
-          <t>УД 24019532</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>86092</v>
+        <v>59264</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="7" t="inlineStr">
         <is>
-          <t>УД 24019529</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>66788</v>
+        <v>58176</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Робототехнічні системи та автоматизація</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t>- 12055</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I196" s="9"/>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>66789</v>
+        <v>62207</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>- 12056</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I197" s="9"/>
       <c r="J197" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>66790</v>
+        <v>52706</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>- 12057</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I198" s="9"/>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>66791</v>
+        <v>58179</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I199" s="9"/>
       <c r="J199" s="7" t="inlineStr">
         <is>
-          <t>УД 24019534</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>66792</v>
+        <v>66800</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології (на автомобільному транспорті)</t>
+          <t>Політична філософія</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t>- 12058</t>
+          <t>- 12059</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J200" s="7" t="inlineStr">
         <is>
-          <t>УД 24019534</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K200" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>42679</v>
+        <v>88403</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Політична філософія</t>
+          <t>Історія, археологія, культура</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>- 3158</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I201" s="9"/>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>42681</v>
+        <v>66801</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t>- 2133</t>
+          <t>- 12060</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>62187</v>
+        <v>66802</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>42682</v>
+        <v>66803</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
-          <t>- 2154</t>
+          <t>- 12061</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>42683</v>
+        <v>66804</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t>- 13815</t>
+          <t>- 17244</t>
         </is>
       </c>
       <c r="I205" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>51836</v>
+        <v>66805</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t>- 3125</t>
+          <t>- 12062</t>
         </is>
       </c>
       <c r="I206" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>42686</v>
+        <v>66806</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні системи та мережі</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t>- 2214</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>53129</v>
+        <v>66807</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I208" s="9"/>
+          <t>- 12064</t>
+        </is>
+      </c>
+      <c r="I208" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>58166</v>
+        <v>66808</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Комп’ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I209" s="9"/>
+          <t>- 12063</t>
+        </is>
+      </c>
+      <c r="I209" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>42691</v>
+        <v>66809</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t>- 5054</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I210" s="9"/>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>42695</v>
+        <v>66812</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Лазерні технології та процеси фізико-технічної обробки</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t>- 12292</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I211" s="9"/>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>56044</v>
+        <v>66810</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані системи та компоненти</t>
+          <t>Робототехнічні системи та автоматизація</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I212" s="9"/>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>42697</v>
+        <v>66811</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Лазерні технології та процеси фізико-технічної обробки</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t>- 16438</t>
+          <t>- 14784</t>
         </is>
       </c>
       <c r="I213" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>42699</v>
+        <v>66814</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I214" s="9"/>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
-[...831 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K233"/>
+  <autoFilter ref="A1:K214"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I195"/>
+  <dimension ref="A1:I168"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11366,51 +10505,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -11724,84 +10863,84 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -11826,81 +10965,81 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>69</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -11988,84 +11127,84 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -12190,84 +11329,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
@@ -12524,51 +11663,51 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -12656,84 +11795,84 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -12758,51 +11897,51 @@
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
@@ -12825,51 +11964,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -12899,51 +12038,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -13002,158 +12141,158 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -13208,51 +12347,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -13274,153 +12413,153 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -13439,54 +12578,54 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -13505,117 +12644,117 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Статистика</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -13670,153 +12809,153 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
@@ -13835,84 +12974,84 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -14000,51 +13139,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -14099,51 +13238,51 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
@@ -14231,183 +13370,183 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Садівництво, плодоовочівництво та виноградарство</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -14429,51 +13568,51 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -14565,84 +13704,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
@@ -14812,190 +13951,190 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E105" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -15047,51 +14186,51 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -15146,51 +14285,51 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -15682,51 +14821,51 @@
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -15738,2168 +14877,1269 @@
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...2 lines deleted...]
-      <c r="D132" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D132" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+        </is>
+      </c>
       <c r="E132" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп’ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Статистика</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хімічні технології та інженерія</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F165" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
-[...889 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I195"/>
+  <autoFilter ref="A1:I168"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>