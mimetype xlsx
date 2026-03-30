--- v0 (2025-10-23)
+++ v1 (2026-03-30)
@@ -743,97 +743,97 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>43</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7344 Фотограф (фотороботи)</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>