--- v0 (2026-01-09)
+++ v1 (2026-03-12)
@@ -361,51 +361,51 @@
         <is>
           <t>м. Олександрія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>пл. Покровська, 18</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(05235)7-87-79</t>
+          <t>+38(066)-272-04-74</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>opl.ua@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
@@ -1088,51 +1088,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>20</v>
       </c>
@@ -1248,51 +1248,51 @@
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>2</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>