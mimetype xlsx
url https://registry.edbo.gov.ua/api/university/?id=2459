--- v0 (2025-10-17)
+++ v1 (2026-01-31)
@@ -776,51 +776,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5123 Бармен</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>95</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -843,74 +843,74 @@
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
@@ -979,51 +979,51 @@
       </c>
       <c r="B10" s="7" t="n">
         <v>2</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7436 Швачка
 7433 Кравець</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>73</v>
       </c>
       <c r="C12" s="7" t="n">