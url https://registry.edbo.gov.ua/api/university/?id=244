--- v0 (2025-12-07)
+++ v1 (2026-02-10)
@@ -5146,51 +5146,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
@@ -5377,117 +5377,117 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -5542,51 +5542,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
@@ -5608,84 +5608,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -5773,183 +5773,183 @@
       <c r="H20" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>B8</t>
         </is>
       </c>
@@ -5971,51 +5971,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -6037,51 +6037,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -6281,117 +6281,117 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>63</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>24</v>
       </c>
@@ -6643,51 +6643,51 @@
       <c r="H46" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
@@ -6709,51 +6709,51 @@
       <c r="H48" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I49"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>