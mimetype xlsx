--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -19,56 +19,56 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$71</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$47</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -446,51 +446,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A13"/>
+  <dimension ref="A1:A14"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Гуманітарний факультет</t>
         </is>
       </c>
     </row>
@@ -545,56 +545,63 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Інститут лідерства та управління</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Інститут психічного здоров'я</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Інститут родини та подружнього життя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
+          <t>Катехитично-педагогічний інститут</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="3" t="inlineStr">
+        <is>
           <t>Школа біоетики</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A13"/>
+  <autoFilter ref="A1:A14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2116,51 +2123,51 @@
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>18142</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t>- 3603</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
@@ -2198,51 +2205,51 @@
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>17490</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t>- 3601</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
@@ -2321,51 +2328,51 @@
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>18143</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Етика-Політика-Економіка</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t>- 1287</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
@@ -2526,51 +2533,51 @@
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>18139</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології та бізнес-аналітика</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t>- 1202</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D15" s="3"/>
@@ -3325,96 +3332,96 @@
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>11020</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G33" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t>- 3604</t>
         </is>
       </c>
       <c r="I33" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>30173</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Медіакомунікації</t>
         </is>
       </c>
       <c r="G34" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t>- 3605</t>
         </is>
       </c>
       <c r="I34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D35" s="3"/>
@@ -3595,51 +3602,51 @@
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>35380</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент маркетингової діяльності</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t>- 1753</t>
         </is>
       </c>
       <c r="I39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D40" s="3"/>
@@ -4223,97 +4230,101 @@
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>68071</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I53" s="9"/>
+          <t>- 11797</t>
+        </is>
+      </c>
+      <c r="I53" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>68072</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Медіакомунікації</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I54" s="9"/>
+          <t>- 11798</t>
+        </is>
+      </c>
+      <c r="I54" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
@@ -4810,96 +4821,96 @@
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>38858</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t>- 2397</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>38859</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Богослов'я</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t>- 2095</t>
         </is>
       </c>
       <c r="I67" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
@@ -4943,96 +4954,96 @@
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Богослов'я</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>68098</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Богослов'я</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t>- 11800</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>68097</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t>- 11799</t>
         </is>
       </c>
       <c r="I70" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D71" s="3"/>
@@ -5057,51 +5068,51 @@
       <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K71"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I49"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5245,51 +5256,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -5575,51 +5586,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -5740,150 +5751,150 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -6037,51 +6048,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -6136,51 +6147,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -6242,534 +6253,468 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>32</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="D39" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D39" s="3" t="inlineStr">
+        <is>
+          <t>Ерготерапія</t>
+        </is>
+      </c>
       <c r="E39" s="6" t="n">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D40" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D40" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E40" s="6" t="n">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>B8</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Богослов'я</t>
+        </is>
+      </c>
+      <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
-          <t>B8</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Богослов'я</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
-[...64 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I49"/>
+  <autoFilter ref="A1:I47"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>