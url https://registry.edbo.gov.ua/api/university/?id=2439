--- v0 (2025-11-25)
+++ v1 (2026-01-24)
@@ -349,107 +349,103 @@
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>с-ще Криве Озеро</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Кірова, 7</t>
+          <t>вул. Калантирська, 7</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(051)332-44-70; +38(051)332-44-69</t>
+          <t>+38(015)-332-44-69</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Самотуга Інна Володимирівна</t>
+          <t>Бойко Людмила Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">