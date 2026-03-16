--- v1 (2026-01-24)
+++ v2 (2026-03-16)
@@ -371,51 +371,55 @@
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Калантирська, 7</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>+38(015)-332-44-69</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>sva5555@ukr.net</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
@@ -718,60 +722,60 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4121 Офісний службовець (бухгалтерія)</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>14</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
@@ -808,74 +812,74 @@
       </c>
       <c r="B5" s="7" t="n">
         <v>93</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>85</v>
       </c>