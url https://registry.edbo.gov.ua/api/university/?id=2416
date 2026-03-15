--- v0 (2025-11-03)
+++ v1 (2026-03-15)
@@ -23,53 +23,53 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$5</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -787,51 +787,51 @@
         <v>72867</v>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 27.01.2015 протокол № 114, наказ МОН від 06.02.2015 № 133л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -875,207 +875,245 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G14</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G2" s="8"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 09.04.2025 № 30-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t>H4</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G3" s="8"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>H4</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G4" s="8"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+          <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>192</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G5" s="8"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="3" t="inlineStr">
+        <is>
+          <t>Фахова передвища освіта</t>
+        </is>
+      </c>
+      <c r="B6" s="3" t="inlineStr">
+        <is>
+          <t>підготовка здобувачів фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="C6" s="7" t="inlineStr">
+        <is>
+          <t>205</t>
+        </is>
+      </c>
+      <c r="D6" s="3" t="inlineStr">
+        <is>
+          <t>Лісове господарство</t>
+        </is>
+      </c>
+      <c r="E6" s="3"/>
+      <c r="F6" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="G6" s="8"/>
+      <c r="H6" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I6" s="9"/>
+      <c r="J6" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:J5"/>
+  <autoFilter ref="A1:J6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -1189,303 +1227,320 @@
       </c>
       <c r="D6" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
+          <t>7139 Опоряджувальник будівельний
+</t>
+        </is>
+      </c>
+      <c r="B8" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D8" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B9" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="C9" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D9" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B10" s="8" t="n">
+        <v>20</v>
+      </c>
+      <c r="C10" s="7" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D10" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B11" s="8" t="n">
+        <v>20</v>
+      </c>
+      <c r="C11" s="7" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B12" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="C12" s="7" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D12" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="3" t="inlineStr">
+        <is>
           <t>7212 Газозварник
 </t>
         </is>
       </c>
-      <c r="B8" s="8" t="n">
+      <c r="B13" s="8" t="n">
         <v>30</v>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="C13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D8" s="9"/>
-[...76 lines deleted...]
-      <c r="A13" s="3" t="inlineStr">
+      <c r="D13" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрогазозварник
 </t>
         </is>
       </c>
-      <c r="B13" s="8" t="n">
+      <c r="B14" s="8" t="n">
         <v>30</v>
       </c>
-      <c r="C13" s="7" t="inlineStr">
+      <c r="C14" s="7" t="inlineStr">
         <is>
           <t>PД 040376</t>
         </is>
       </c>
-      <c r="D13" s="9" t="n">
+      <c r="D14" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="3" t="inlineStr">
         <is>
           <t>7243 Радіомеханік з обслуговування та ремонту радіотелевізійної апаратури
 </t>
         </is>
       </c>
-      <c r="B14" s="8" t="n">
+      <c r="B15" s="8" t="n">
         <v>60</v>
       </c>
-      <c r="C14" s="7" t="inlineStr">
+      <c r="C15" s="7" t="inlineStr">
         <is>
           <t>PД 040376</t>
         </is>
       </c>
-      <c r="D14" s="9" t="n">
+      <c r="D15" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 7331 Виробник художніх виробів з дерева
 </t>
         </is>
       </c>
-      <c r="B15" s="8" t="n">
+      <c r="B16" s="8" t="n">
         <v>30</v>
       </c>
-      <c r="C15" s="7" t="inlineStr">
+      <c r="C16" s="7" t="inlineStr">
         <is>
           <t>PД 040376</t>
         </is>
       </c>
-      <c r="D15" s="9" t="n">
+      <c r="D16" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
-      <c r="B16" s="8" t="n">
+      <c r="B17" s="8" t="n">
         <v>60</v>
       </c>
-      <c r="C16" s="7" t="inlineStr">
+      <c r="C17" s="7" t="inlineStr">
         <is>
           <t>PД 040376</t>
         </is>
       </c>
-      <c r="D16" s="9" t="n">
+      <c r="D17" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
-      <c r="B17" s="8" t="n">
+      <c r="B18" s="8" t="n">
         <v>30</v>
       </c>
-      <c r="C17" s="7" t="inlineStr">
+      <c r="C18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D17" s="9"/>
-[...2 lines deleted...]
-      <c r="A18" s="3" t="inlineStr">
+      <c r="D18" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
-      <c r="B18" s="8" t="n">
+      <c r="B19" s="8" t="n">
         <v>20</v>
       </c>
-      <c r="C18" s="7" t="inlineStr">
+      <c r="C19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D18" s="9"/>
-[...2 lines deleted...]
-      <c r="A19" s="3" t="inlineStr">
+      <c r="D19" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
-      <c r="B19" s="8" t="n">
+      <c r="B20" s="8" t="n">
         <v>20</v>
       </c>
-      <c r="C19" s="7" t="inlineStr">
+      <c r="C20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D19" s="9"/>
-[...2 lines deleted...]
-      <c r="A20" s="3" t="inlineStr">
+      <c r="D20" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
-      <c r="B20" s="8" t="n">
+      <c r="B21" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="C20" s="7" t="inlineStr">
+      <c r="C21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D20" s="9"/>
+      <c r="D21" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D20"/>
+  <autoFilter ref="A1:D21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K6"/>
+  <dimension ref="A1:K7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1692,83 +1747,122 @@
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>ДО 000154</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G14</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>86926</v>
+        <v>62601</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та експлуатація будівель і споруд</t>
+          <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B7" s="7" t="inlineStr">
+        <is>
+          <t>G19</t>
+        </is>
+      </c>
+      <c r="C7" s="3" t="inlineStr">
+        <is>
+          <t>Будівництво та цивільна інженерія</t>
+        </is>
+      </c>
+      <c r="D7" s="3"/>
+      <c r="E7" s="8" t="n">
+        <v>86926</v>
+      </c>
+      <c r="F7" s="3" t="inlineStr">
+        <is>
+          <t>Будівництво та експлуатація будівель і споруд</t>
+        </is>
+      </c>
+      <c r="G7" s="3"/>
+      <c r="H7" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I7" s="9"/>
+      <c r="J7" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K7" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K6"/>
+  <autoFilter ref="A1:K7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1858,51 +1952,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
@@ -2003,73 +2097,73 @@
       <c r="B2" s="8" t="n">
         <v>53</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>71</v>
       </c>
       <c r="C5" s="8" t="n">