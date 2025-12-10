--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -1025,51 +1025,51 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>6111 Овочівник
 6113 Оператор технологічного устаткування в спорудах захищеного ґрунту
 5220 Продавець продовольчих товарів</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7213 Рихтувальник кузовів
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>71</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -1094,51 +1094,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7241 Слюсар-електрик з ремонту електроустаткування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8211 Токар</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>86</v>
       </c>
       <c r="C6" s="7" t="n">