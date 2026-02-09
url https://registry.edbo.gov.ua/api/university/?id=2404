--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -1117,51 +1117,51 @@
       </c>
       <c r="B5" s="7" t="n">
         <v>94</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8211 Токар</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C7" s="7" t="n">