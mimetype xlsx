--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1062,51 +1062,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>80</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
@@ -1132,51 +1132,51 @@
       </c>
       <c r="B5" s="7" t="n">
         <v>47</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7242 Слюсар з контрольно-вимірювальних приладів та автоматики (електроніка)
 7244 Електромонтер охоронно-пожежної сигналізації</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7436 Швачка
 7433 Кравець</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>62</v>
       </c>
       <c r="C7" s="7" t="n">