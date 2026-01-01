--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -393,51 +393,51 @@
         <is>
           <t>ppal035@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://polacpo.km.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Станіслав Тарас Григорович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1062,51 +1062,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>80</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
@@ -1202,74 +1202,74 @@
       <c r="B8" s="7" t="n">
         <v>44</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>