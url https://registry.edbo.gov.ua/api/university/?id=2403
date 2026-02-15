--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -1109,51 +1109,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7244 Електромонтер охоронно-пожежної сигналізації</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7242 Слюсар з контрольно-вимірювальних приладів та автоматики (електроніка)
 7244 Електромонтер охоронно-пожежної сигналізації</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -1202,74 +1202,74 @@
       <c r="B8" s="7" t="n">
         <v>44</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>