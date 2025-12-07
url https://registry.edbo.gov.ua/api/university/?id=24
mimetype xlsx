--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1737,51 +1737,51 @@
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>Вагони та вагонне господарство</t>
         </is>
       </c>
       <c r="F20" s="6" t="n">
         <v>75</v>
       </c>
       <c r="G20" s="7" t="inlineStr">
         <is>
           <t>УД 11008752</t>
         </is>
       </c>
       <c r="H20" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="I20" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
@@ -3064,55 +3064,55 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на залізничному транспорті)</t>
         </is>
       </c>
       <c r="F53" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G53" s="7" t="inlineStr">
         <is>
-          <t> 13385</t>
+          <t> 19245</t>
         </is>
       </c>
       <c r="H53" s="9" t="n">
-        <v>46015</v>
+        <v>46358</v>
       </c>
       <c r="I53" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
@@ -7800,55 +7800,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>83069</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Управління інфраструктурою колійного господарства</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="7" t="inlineStr">
         <is>
-          <t>- 13384</t>
+          <t>- 19244</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
-        <v>46015</v>
+        <v>46358</v>
       </c>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D92" s="3"/>
@@ -11750,54 +11750,56 @@
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
         <v>83118</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Інноваційний менеджмент креативних індустрій</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I187" s="9"/>
+          <t>- 19170</t>
+        </is>
+      </c>
+      <c r="I187" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
@@ -12067,54 +12069,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
         <v>83101</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Практична психологія</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I194" s="9"/>
+          <t>- 19172</t>
+        </is>
+      </c>
+      <c r="I194" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J194" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
@@ -12971,55 +12975,55 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
         <v>83153</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>УД 11001452</t>
+          <t>- 19214</t>
         </is>
       </c>
       <c r="I214" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D215" s="3"/>
@@ -13106,55 +13110,55 @@
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
         <v>83122</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні інформаційно-керуючі системи</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t>УД 11016953</t>
+          <t>- 19217</t>
         </is>
       </c>
       <c r="I217" s="9" t="n">
-        <v>46204</v>
+        <v>46358</v>
       </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D218" s="3"/>
@@ -18560,54 +18564,56 @@
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="6" t="n">
         <v>62274</v>
       </c>
       <c r="F339" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G339" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H339" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I339" s="9"/>
+          <t>- 18988</t>
+        </is>
+      </c>
+      <c r="I339" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J339" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K339" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B340" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D340" s="3"/>
       <c r="E340" s="6" t="n">
@@ -18826,55 +18832,55 @@
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D345" s="3"/>
       <c r="E345" s="6" t="n">
         <v>83074</v>
       </c>
       <c r="F345" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на залізничному транспорті)</t>
         </is>
       </c>
       <c r="G345" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H345" s="7" t="inlineStr">
         <is>
-          <t>- 13385</t>
+          <t>- 19245</t>
         </is>
       </c>
       <c r="I345" s="9" t="n">
-        <v>46015</v>
+        <v>46358</v>
       </c>
       <c r="J345" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K345" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B346" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D346" s="3" t="inlineStr">
@@ -19983,51 +19989,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -20053,51 +20059,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -20119,117 +20125,117 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -20251,154 +20257,154 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -20729,91 +20735,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -20906,51 +20912,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>73</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -21355,219 +21361,219 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>161</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -21586,87 +21592,87 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
@@ -21751,51 +21757,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -21817,54 +21823,54 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
@@ -22015,54 +22021,54 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -22217,91 +22223,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -22357,54 +22363,54 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
@@ -22431,91 +22437,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>113</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -22718,51 +22724,51 @@
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -22781,87 +22787,87 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -22880,84 +22886,84 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -23024,87 +23030,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>Транспортні засоби</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
@@ -23398,81 +23404,81 @@
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -23535,51 +23541,51 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -23674,51 +23680,51 @@
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -23737,84 +23743,84 @@
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -23869,54 +23875,54 @@
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -23935,84 +23941,84 @@
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -24034,51 +24040,51 @@
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -24298,51 +24304,51 @@
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
@@ -24475,121 +24481,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -25040,51 +25046,51 @@
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F155" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -25271,60 +25277,60 @@
       <c r="H161" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
         <v>13</v>
       </c>