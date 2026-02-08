--- v1 (2025-12-07)
+++ v2 (2026-02-08)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$54</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$365</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$167</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$142</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1091,218 +1091,222 @@
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t>УД 11021379</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>299</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H5" s="9"/>
+          <t>УД 11021379</t>
+        </is>
+      </c>
+      <c r="H5" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології на морському та внутрішньому водному транспорті</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на морському та річковому транспорті)</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
-          <t> 18317</t>
+          <t>УД 18317</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>174</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t>УД 11021379</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Вагони та вагонне господарство</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>75</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="H8" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H8" s="9"/>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
@@ -1776,54 +1780,56 @@
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології та управління на автомобільному транспорті</t>
         </is>
       </c>
       <c r="F21" s="6" t="n">
         <v>148</v>
       </c>
       <c r="G21" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H21" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="H21" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="I21" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.04.2021 № 53-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
@@ -1942,95 +1948,99 @@
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>Судноводіння</t>
         </is>
       </c>
       <c r="F25" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G25" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H25" s="9"/>
+          <t>УД 11021380</t>
+        </is>
+      </c>
+      <c r="H25" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I25" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднових енергетичних установок</t>
         </is>
       </c>
       <c r="F26" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G26" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H26" s="9"/>
+          <t>УД 11021380</t>
+        </is>
+      </c>
+      <c r="H26" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I26" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="3" t="inlineStr">
         <is>
@@ -2266,55 +2276,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>Вагони та вагонне господарство</t>
         </is>
       </c>
       <c r="F33" s="6" t="n">
         <v>70</v>
       </c>
       <c r="G33" s="7" t="inlineStr">
         <is>
-          <t>УД 11010672</t>
+          <t> 19394</t>
         </is>
       </c>
       <c r="H33" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="I33" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
@@ -2352,51 +2362,51 @@
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на залізничному транспорті)</t>
         </is>
       </c>
       <c r="F35" s="6" t="n">
         <v>70</v>
       </c>
       <c r="G35" s="7" t="inlineStr">
         <is>
-          <t>УД 11010674</t>
+          <t> 19396</t>
         </is>
       </c>
       <c r="H35" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I35" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -2871,51 +2881,51 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на залізничному транспорті)</t>
         </is>
       </c>
       <c r="F48" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G48" s="7" t="inlineStr">
         <is>
-          <t> 15502</t>
+          <t> </t>
         </is>
       </c>
       <c r="H48" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I48" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -5399,56 +5409,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>83164</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Екологія транспортної інфраструктури</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t>- 13382</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I32" s="9"/>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
@@ -5778,132 +5786,138 @@
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>32586</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Автомобільні транспортні засоби</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K41" s="9"/>
+          <t>НД 1192684</t>
+        </is>
+      </c>
+      <c r="K41" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>32587</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Будівельні та дорожні машини і устаткування</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K42" s="9"/>
+          <t>НД 1192684</t>
+        </is>
+      </c>
+      <c r="K42" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>32588</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Експлуатація, випробування та сервіс машин</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K43" s="9"/>
+          <t>НД 1192684</t>
+        </is>
+      </c>
+      <c r="K43" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>83103</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Повітряно-кліматичні системи і клімат-контроль</t>
         </is>
@@ -6496,54 +6510,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>32595</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Автомобільні дороги, вулиці та дороги населених пунктів</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+          <t>УД 11011081</t>
+        </is>
+      </c>
+      <c r="I59" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
@@ -6576,54 +6592,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>32597</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Мости і транспортні тунелі</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I61" s="9"/>
+          <t>УД 11011082</t>
+        </is>
+      </c>
+      <c r="I61" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
@@ -7929,269 +7947,281 @@
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
         <v>32604</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології та управління на автомобільному транспорті</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K94" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="K94" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
         <v>32605</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Організація міжнародних перевезень</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K95" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="K95" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>32606</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Митна справа у транспортній галузі</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K96" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="K96" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
         <v>39667</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Транспортно-логістичні системи вантажних автомобільних перевезень</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K97" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="K97" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
         <v>39669</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні системи управління дорожнім рухом</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K98" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="K98" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
         <v>40601</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Транспортна логістика міста</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K99" s="9"/>
+          <t>НД 1192687</t>
+        </is>
+      </c>
+      <c r="K99" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
         <v>83073</v>
       </c>
@@ -11217,56 +11247,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
         <v>83003</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
           <t>Управління інфраструктурою колійного господарства</t>
         </is>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="7" t="inlineStr">
         <is>
-          <t>- 15495</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I174" s="9"/>
       <c r="J174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K174" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
@@ -11844,56 +11872,54 @@
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D189" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E189" s="6" t="n">
         <v>42085</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
           <t>Філологія (германські мови та літератури (переклад включно), перша - англійська)</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
-          <t>- 10207</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
@@ -13155,56 +13181,54 @@
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
         <v>83136</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
           <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t>- 13383</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
@@ -14147,145 +14171,145 @@
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
         <v>83065</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
           <t>Вагони та вагонне господарство</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t>УД 11010672</t>
+          <t>- 19394</t>
         </is>
       </c>
       <c r="I240" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
         <v>83066</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
           <t>Локомотиви та локомотивне господарство</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
-          <t>УД 11010671</t>
+          <t>- 19397</t>
         </is>
       </c>
       <c r="I241" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
         <v>83067</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
           <t>Залізничні споруди та колійне господарство</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
-          <t>УД 11010673</t>
+          <t>- 19395</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D243" s="3"/>
@@ -14670,55 +14694,55 @@
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D251" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E251" s="6" t="n">
         <v>83071</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на залізничному транспорті)</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
-          <t>УД 11010674</t>
+          <t>- 19396</t>
         </is>
       </c>
       <c r="I251" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D252" s="3" t="inlineStr">
@@ -14860,56 +14884,54 @@
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D255" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E255" s="6" t="n">
         <v>80812</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
           <t>Філологія (германські мови та літератури (переклад включно), перша - англійська)</t>
         </is>
       </c>
       <c r="G255" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H255" s="7" t="inlineStr">
         <is>
-          <t>- 13364</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I255" s="9"/>
       <c r="J255" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K255" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
@@ -16861,56 +16883,54 @@
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
         <v>85714</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
           <t>Технічні та програмні засоби автоматизації</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="7" t="inlineStr">
         <is>
-          <t>- 15498</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I300" s="9"/>
       <c r="J300" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K300" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
@@ -18429,55 +18449,55 @@
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="6" t="n">
         <v>48163</v>
       </c>
       <c r="F336" s="3" t="inlineStr">
         <is>
           <t>Інженерія поверхні деталей засобів транспорту</t>
         </is>
       </c>
       <c r="G336" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H336" s="7" t="inlineStr">
         <is>
-          <t>- 11232</t>
+          <t>- 19717</t>
         </is>
       </c>
       <c r="I336" s="9" t="n">
-        <v>46134</v>
+        <v>48030</v>
       </c>
       <c r="J336" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K336" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B337" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D337" s="3"/>
@@ -19591,56 +19611,54 @@
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D362" s="3"/>
       <c r="E362" s="6" t="n">
         <v>83010</v>
       </c>
       <c r="F362" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на залізничному транспорті)</t>
         </is>
       </c>
       <c r="G362" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H362" s="7" t="inlineStr">
         <is>
-          <t>- 15502</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I362" s="9"/>
       <c r="J362" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K362" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B363" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
@@ -19756,51 +19774,51 @@
       </c>
       <c r="J365" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K365" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K365"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I167"/>
+  <dimension ref="A1:I142"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -19845,51 +19863,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -19952,88 +19970,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -20095,51 +20113,51 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -20158,54 +20176,54 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -20293,81 +20311,81 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -20397,51 +20415,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -20912,87 +20930,87 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>73</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -21196,87 +21214,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -21295,54 +21313,54 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -21361,153 +21379,153 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>534</v>
+        <v>521</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>89</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -21592,84 +21610,84 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -21757,120 +21775,120 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
@@ -21922,84 +21940,84 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -22186,91 +22204,91 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
         <v>160</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -22330,87 +22348,87 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
@@ -22437,91 +22455,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>671</v>
+        <v>651</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -22581,84 +22599,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -22790,84 +22808,84 @@
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -22886,54 +22904,54 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -22993,51 +23011,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -23096,54 +23114,54 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -23162,51 +23180,51 @@
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -23401,2112 +23419,1263 @@
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F106" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Енергетичне машинобудування</t>
+        </is>
+      </c>
+      <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
-[...2 lines deleted...]
-      <c r="D115" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D115" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E115" s="6" t="n">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>129</v>
+        <v>3</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>68</v>
+        <v>3</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>J5</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>J7</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>4</v>
+        <v>74</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>271</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Морський та внутрішній водний транспорт</t>
-[...6 lines deleted...]
-      </c>
+          <t>Галузеве машинобудування</t>
+        </is>
+      </c>
+      <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F134" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G134" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H134" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>271</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Морський та внутрішній водний транспорт</t>
-[...6 lines deleted...]
-      </c>
+          <t>Енергетичне машинобудування</t>
+        </is>
+      </c>
+      <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>273</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Залізничний транспорт</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>271</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Морський та внутрішній водний транспорт</t>
+        </is>
+      </c>
+      <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>273</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Залізничний транспорт</t>
+        </is>
+      </c>
+      <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...2 lines deleted...]
-      <c r="D142" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D142" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E142" s="6" t="n">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
-[...827 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I167"/>
+  <autoFilter ref="A1:I142"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>