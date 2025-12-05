--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -854,143 +854,143 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>59</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7423 Верстатник деревообробних верстатів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
@@ -1037,51 +1037,51 @@
       </c>
       <c r="B9" s="7" t="n">
         <v>27</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>3</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>