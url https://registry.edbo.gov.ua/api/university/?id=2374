--- v1 (2025-12-05)
+++ v2 (2026-02-09)
@@ -854,51 +854,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>59</v>
       </c>
       <c r="C3" s="7" t="n">