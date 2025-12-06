--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -16,62 +16,62 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
-    <sheet name="Ліцензії ФПВО" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Ліцензії ФПО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$156</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$25</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$56</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$28</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -1605,51 +1605,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>355</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -1720,51 +1720,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -2229,51 +2229,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична реабілітація</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -3393,51 +3393,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -6198,87 +6198,87 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
@@ -6367,84 +6367,84 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -6499,84 +6499,84 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -6708,51 +6708,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
@@ -6774,51 +6774,51 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -6874,54 +6874,54 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -6977,51 +6977,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>