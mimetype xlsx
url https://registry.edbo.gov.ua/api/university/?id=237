--- v1 (2025-12-06)
+++ v2 (2026-02-22)
@@ -1995,54 +1995,56 @@
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G8" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H8" s="9"/>
+          <t>УП 11019897</t>
+        </is>
+      </c>
+      <c r="H8" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
@@ -6132,54 +6134,54 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
@@ -6198,54 +6200,54 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -6301,51 +6303,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -6367,216 +6369,216 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>32</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -6668,51 +6670,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -7010,54 +7012,54 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I28"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">