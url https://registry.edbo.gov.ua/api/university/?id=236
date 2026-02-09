--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -1382,54 +1382,56 @@
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>УП 11019870</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -3990,260 +3992,260 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
@@ -4262,87 +4264,87 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -4365,51 +4367,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -4434,81 +4436,81 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -4637,51 +4639,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>