--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -3928,117 +3928,117 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -4060,118 +4060,118 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4226,51 +4226,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>