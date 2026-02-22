--- v1 (2025-12-17)
+++ v2 (2026-02-22)
@@ -708,54 +708,56 @@
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>УП 11019880</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -868,54 +870,56 @@
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t>УП 11019883</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
@@ -3928,117 +3932,117 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -4057,124 +4061,124 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -4193,154 +4197,154 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -4365,84 +4369,84 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -4461,87 +4465,87 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -4564,84 +4568,84 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>47</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -4667,51 +4671,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>