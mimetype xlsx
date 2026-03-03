--- v0 (2025-10-31)
+++ v1 (2026-03-03)
@@ -2284,51 +2284,51 @@
       <c r="B3" s="8" t="n">
         <v>45</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>20</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>