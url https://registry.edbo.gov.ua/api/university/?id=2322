--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -803,164 +803,164 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5112 Провідник пасажирського вагона
 4211 Касир квитковий</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>6131 Робітник фермерського господарства</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста електровоза</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>