--- v1 (2025-12-04)
+++ v2 (2026-01-29)
@@ -803,118 +803,118 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5112 Провідник пасажирського вагона
 4211 Касир квитковий</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>80</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>6131 Робітник фермерського господарства</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C6" s="7" t="n">