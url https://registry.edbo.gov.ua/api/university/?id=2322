--- v2 (2026-01-29)
+++ v3 (2026-03-19)
@@ -361,61 +361,65 @@
         <is>
           <t>м. Знам’янка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>пров. Станційний, 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(066)-227-24-61;</t>
+          <t>+38(066)-227-24-61</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>znamlicey@ukr.net, sosnove-proflicey.rv.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>